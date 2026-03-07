--- v0 (2025-10-07)
+++ v1 (2026-03-07)
@@ -1,153 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp19.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp20.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp21.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp22.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp23.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp24.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/ctrlProps/ctrlProp25.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
-  <Override PartName="/xl/ctrlProps/ctrlProp26.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\(秘)03.サービス\39.MINDタイムスタンプサービス\04.オーダ対応\02.テンプレート\社名変更対応\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\(秘)03.サービス\39.タイムスタンプサービス\04.オーダ対応\02.テンプレート\サービス名変更\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88F6AA9C-BF9A-4222-AC49-5819453DE342}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="11F70McST1OHtB8yiwarj42hrxDBgc3Uqc+FTGgiws2CnB1NSKZv/Dy1kkgcUMQiUGshQg09/3QRGvqnNp3WYg==" workbookSaltValue="CdIg4gp+Vv+q/tNcB5DD5w==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E50DBC1-0C34-4F60-B7CA-184E8E990E95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="EJAcBAMOSLt6TlwK3wGmhL3rGBFfiQql/WEIiBHtdsc2DB5vL28b5l4eDClPIJThJAfxD5D3bjIntWH5yeu4Qg==" workbookSaltValue="OPrULI150DrKusVhWyg0Cw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="719" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" tabRatio="719" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="申込書" sheetId="62" r:id="rId1"/>
     <sheet name="基本情報・契約内容 " sheetId="77" r:id="rId2"/>
-    <sheet name="申込書 (記入例)" sheetId="72" r:id="rId3"/>
-    <sheet name="基本情報・契約内容  (記入例)" sheetId="81" r:id="rId4"/>
+    <sheet name="申込書(記入例)" sheetId="82" r:id="rId3"/>
+    <sheet name="基本情報・契約内容(記入例)" sheetId="83" r:id="rId4"/>
     <sheet name="リスト" sheetId="61" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="conte" localSheetId="0">#REF!</definedName>
     <definedName name="conte" localSheetId="2">#REF!</definedName>
     <definedName name="conte">#REF!</definedName>
     <definedName name="kanyu" localSheetId="0">#REF!</definedName>
     <definedName name="kanyu" localSheetId="2">#REF!</definedName>
     <definedName name="kanyu">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'基本情報・契約内容 '!$A$1:$O$56</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'申込書 (記入例)'!$A$1:$I$22</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'基本情報・契約内容 '!$B$2:$P$56</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'基本情報・契約内容(記入例)'!$B$2:$P$56</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">申込書!$B$2:$J$23</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'申込書(記入例)'!$B$2:$J$23</definedName>
     <definedName name="PrintArea" localSheetId="0">#REF!</definedName>
     <definedName name="PrintArea" localSheetId="2">#REF!</definedName>
     <definedName name="PrintArea">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I1" i="81" l="1"/>
-[...10 lines deleted...]
-  <c r="A7" i="72"/>
+  <c r="E40" i="83" l="1"/>
+  <c r="E13" i="83"/>
+  <c r="J2" i="83"/>
+  <c r="B14" i="82"/>
+  <c r="I10" i="82"/>
+  <c r="J2" i="77" l="1"/>
+  <c r="I10" i="62"/>
+  <c r="B14" i="62"/>
+  <c r="E40" i="77"/>
+  <c r="E13" i="77"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="82">
   <si>
     <t>申込方法</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>申込区分</t>
     <rPh sb="0" eb="2">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>クブン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>案件名(任意)</t>
     <rPh sb="0" eb="2">
       <t>アンケン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>メイ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ニンイ</t>
     </rPh>
@@ -353,161 +349,120 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>基本情報・契約内容</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>弊社記入欄</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>MINOSオーダ番号</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>当社担当</t>
     <rPh sb="0" eb="2">
       <t>トウシャ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>タントウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>1. 接続形態</t>
-[...8 lines deleted...]
-  <si>
     <t>インターネット</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ブロンズプラン</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>１年</t>
     <rPh sb="0" eb="2">
       <t>イチネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>自動更新有り</t>
     <rPh sb="0" eb="5">
       <t>ジドウコウシンア</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>１ID</t>
-    <phoneticPr fontId="1"/>
-[...5 lines deleted...]
-    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ブロンズプラン</t>
   </si>
   <si>
     <t>シルバープラン</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>その他</t>
     <rPh sb="2" eb="3">
       <t>タ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　その他の場合は、以下に詳細をご記入ください。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ゴールドプラン</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>プラチナプラン</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>3. 契約期間</t>
-[...5 lines deleted...]
-  <si>
     <t>1年</t>
     <rPh sb="1" eb="2">
       <t>ネン</t>
-    </rPh>
-[...5 lines deleted...]
-      <t>ジドウコウシンウム</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>自動更新有り</t>
     <rPh sb="0" eb="2">
       <t>ジドウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>コウシン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ア</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...8 lines deleted...]
-    <t>１ID</t>
   </si>
   <si>
     <t>　その他の場合は、以下に詳細をご記入ください。</t>
     <rPh sb="12" eb="14">
       <t>ショウサイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>以下は、障害発生時などに、緊急連絡メールが送信される宛先となります。
 サービスのご利用開始後にメールアドレスが変更になった場合は、
 管理台帳の更新が必要になりますので、必ず弊社担当営業までご連絡ください。
 ※契約申込企業の連絡先をご記入ください。</t>
     <rPh sb="0" eb="2">
       <t>イカ</t>
     </rPh>
     <rPh sb="41" eb="43">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="43" eb="46">
       <t>カイシゴ</t>
     </rPh>
     <rPh sb="55" eb="57">
       <t>ヘンコウ</t>
     </rPh>
@@ -518,57 +473,50 @@
       <t>カンリ</t>
     </rPh>
     <rPh sb="69" eb="71">
       <t>ダイチョウ</t>
     </rPh>
     <rPh sb="72" eb="74">
       <t>コウシン</t>
     </rPh>
     <rPh sb="75" eb="77">
       <t>ヒツヨウ</t>
     </rPh>
     <rPh sb="85" eb="86">
       <t>カナラ</t>
     </rPh>
     <rPh sb="87" eb="89">
       <t>ヘイシャ</t>
     </rPh>
     <rPh sb="89" eb="91">
       <t>タントウ</t>
     </rPh>
     <rPh sb="91" eb="93">
       <t>エイギョウ</t>
     </rPh>
     <rPh sb="96" eb="98">
       <t>レンラク</t>
-    </rPh>
-[...5 lines deleted...]
-      <t>レンラクサキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>連絡先-1</t>
     <rPh sb="0" eb="3">
       <t>レンラクサキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>会社名</t>
     <rPh sb="0" eb="3">
       <t>カイシャメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>部署名</t>
     <rPh sb="0" eb="1">
       <t>ブ</t>
     </rPh>
     <rPh sb="1" eb="2">
       <t>ショ</t>
     </rPh>
@@ -628,178 +576,124 @@
   <si>
     <t>以下は、障害発生時のMIND営業担当への情報共有として送信されるメールの宛先となります。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>営業担当連絡先</t>
     <rPh sb="0" eb="2">
       <t>エイギョウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>タントウ</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>レンラクサキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>追加</t>
   </si>
   <si>
     <t>〒108-0023</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>東京都港区芝浦4-6-8　田町ファーストビル</t>
-[...14 lines deleted...]
-  <si>
     <t>トラストサービス部</t>
   </si>
   <si>
     <t>三菱太郎</t>
     <rPh sb="0" eb="4">
       <t>ミツビシタロウ</t>
-    </rPh>
-[...11 lines deleted...]
-      <t>レンラクサキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>営業一課</t>
     <rPh sb="0" eb="2">
       <t>エイギョウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イッカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>三菱次郎</t>
     <rPh sb="0" eb="2">
       <t>ミツビシ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ジロウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>-</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ブロンズプラン　1ヶ月試使用</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>SignedPDF フォルダ監視機能</t>
   </si>
   <si>
     <t>ブロンズプラン　2ヶ月試使用</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ブロンズプラン　3ヶ月試使用</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>ver2.6[web]</t>
-[...2 lines deleted...]
-  <si>
     <t>三菱電機デジタルイノベーション株式会社 行</t>
     <rPh sb="0" eb="2">
       <t>ミツビシ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>デンキ</t>
     </rPh>
     <rPh sb="15" eb="19">
       <t>カブシキガイシャ</t>
     </rPh>
     <rPh sb="20" eb="21">
       <t>イキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>三菱電機デジタルイノベーション株式会社</t>
     <rPh sb="0" eb="2">
       <t>ミツビシ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>デンキ</t>
     </rPh>
     <rPh sb="15" eb="19">
       <t>カブシキガイシャ</t>
-    </rPh>
-[...19 lines deleted...]
-      <t>ショ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t>サービス開通日</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>※注2</t>
     </r>
     <rPh sb="4" eb="7">
       <t>カイツウビ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -841,118 +735,135 @@
         <charset val="128"/>
       </rPr>
       <t>(更新/変更/解約時必須)</t>
     </r>
     <rPh sb="0" eb="2">
       <t>タイショウ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>コウシン</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ヘンコウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>カイヤク</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>ジ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>ヒッス</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>mitsubishi.taro@zz.mitsubishielectric.co.jp</t>
+    <t>ver2.7[web]</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <r>
-[...18 lines deleted...]
-      <t>チュウ</t>
+    <t>タイムスタンプサービス DiaStamp　利用申込書</t>
+    <rPh sb="21" eb="23">
+      <t>リヨウ</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>ショ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <r>
-[...22 lines deleted...]
-    </rPh>
+    <t>貴社の契約約款を承認し、次の通り申し込みます。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t xml:space="preserve">   mitsubishi.ichiro@zz.mitsubishielectric.co.jp</t>
+    <t>三菱電機デジタルイノベーション株式会社向けタイムスタンプ(ブロンズプラン)</t>
+  </si>
+  <si>
+    <t>東京都港区芝浦4-6-8　田町ファーストビル</t>
+  </si>
+  <si>
+    <t>三菱電機デジタルイノベーション株式会社</t>
+  </si>
+  <si>
+    <t>三菱　太郎</t>
+  </si>
+  <si>
+    <t>mitsubishi.taro@zz.mitsubishielectric.co.jp</t>
+  </si>
+  <si>
+    <t>03-6771-xxxx</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>mitsubishi.ichiro@zz.mitsubishielectric.co.jp</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1. 契約プラン</t>
+    <rPh sb="3" eb="5">
+      <t>ケイヤク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2. 契約期間</t>
+    <rPh sb="3" eb="7">
+      <t>ケイヤクキカン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>3. 自動更新有無</t>
+    <rPh sb="3" eb="9">
+      <t>ジドウコウシンウム</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>4. 数量</t>
+    <rPh sb="3" eb="5">
+      <t>スウリョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>5．連絡先</t>
+    <rPh sb="2" eb="5">
+      <t>レンラクサキ</t>
+    </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
     <numFmt numFmtId="177" formatCode=";;;\]"/>
   </numFmts>
-  <fonts count="31" x14ac:knownFonts="1">
+  <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
@@ -1108,65 +1019,50 @@
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="8"/>
-[...13 lines deleted...]
-    <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="41"/>
         <bgColor indexed="64"/>
@@ -1193,51 +1089,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000080"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="64">
+  <borders count="61">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -1783,74 +1679,50 @@
       <left style="thin">
         <color theme="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
-        <color indexed="64"/>
-[...22 lines deleted...]
-      <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1917,63 +1789,50 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="63"/>
       </top>
       <bottom style="hair">
         <color indexed="63"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...11 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
@@ -2000,51 +1859,51 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="210">
+  <cellXfs count="162">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
@@ -2064,56 +1923,50 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="177" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2121,597 +1974,458 @@
     <xf numFmtId="49" fontId="17" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="6" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="6" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...378 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="16" fillId="9" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="9" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="25" fillId="0" borderId="57" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="6" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="6" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="15" fillId="6" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="15" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="15" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="15" fillId="6" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="31" fontId="4" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="31" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="31" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="31" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="20" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="20" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="20" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="3" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="97">
-[...6 lines deleted...]
-    </dxf>
+  <dxfs count="96">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
@@ -2951,58 +2665,58 @@
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor rgb="FFFFFFCC"/>
+          <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="0" tint="-0.34998626667073579"/>
+          <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -3369,168 +3083,160 @@
       <color rgb="FFFFFFCC"/>
       <color rgb="FF000080"/>
       <color rgb="FF00CCFF"/>
       <color rgb="FFFFFF66"/>
       <color rgb="FFCCFF99"/>
       <color rgb="FF003366"/>
       <color rgb="FF66CCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="$J$3" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="$K$4" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="$K$4" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="$I$3" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp19.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp20.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp21.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp22.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp23.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp24.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
-</file>
-[...6 lines deleted...]
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="$I$3" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>4</xdr:col>
-[...1 lines deleted...]
-          <xdr:row>4</xdr:row>
+          <xdr:col>9</xdr:col>
+          <xdr:colOff>333375</xdr:colOff>
+          <xdr:row>5</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>5</xdr:col>
-[...1 lines deleted...]
-          <xdr:row>4</xdr:row>
+          <xdr:col>9</xdr:col>
+          <xdr:colOff>1123950</xdr:colOff>
+          <xdr:row>5</xdr:row>
           <xdr:rowOff>266700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="46114" name="Option Button 34" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s46114"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000022B40000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -3564,59 +3270,59 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t> 新規</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>3</xdr:col>
+          <xdr:col>4</xdr:col>
           <xdr:colOff>0</xdr:colOff>
-          <xdr:row>3</xdr:row>
+          <xdr:row>4</xdr:row>
           <xdr:rowOff>238125</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>8</xdr:col>
+          <xdr:col>9</xdr:col>
           <xdr:colOff>933450</xdr:colOff>
-          <xdr:row>5</xdr:row>
+          <xdr:row>6</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="46154" name="Group Box 74" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s46154"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004AB40000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -3636,209 +3342,191 @@
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="none" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 74</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...84 lines deleted...]
-  </mc:AlternateContent>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>168088</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>11205</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>717177</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>11206</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="テキスト ボックス 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="403412" y="1389529"/>
+          <a:ext cx="549089" cy="291353"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="900">
+              <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>直接</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>809625</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
-          <xdr:row>4</xdr:row>
-          <xdr:rowOff>291352</xdr:rowOff>
+          <xdr:row>5</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="76801" name="Group Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s76801"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000012C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2819400</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="76802" name="Group Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s76802"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000022C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
@@ -3864,57 +3552,57 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 27</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2819400</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="76803" name="Group Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s76803"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000032C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
@@ -3940,57 +3628,57 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 27</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2895600</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="76804" name="Group Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s76804"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000042C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
@@ -4016,57 +3704,57 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 27</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>904875</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="76805" name="Group Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s76805"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000052C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
@@ -4092,57 +3780,57 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 44</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>904875</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="76806" name="Group Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s76806"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000062C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
@@ -4168,231 +3856,231 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 44</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>809625</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="76810" name="Group Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s76810"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000A2C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>809625</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>38100</xdr:rowOff>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="76812" name="Group Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s76812"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000C2C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>809625</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
-          <xdr:row>11</xdr:row>
-          <xdr:rowOff>781050</xdr:rowOff>
+          <xdr:row>12</xdr:row>
+          <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="76814" name="Group Box 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s76814"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000E2C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>809625</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
-          <xdr:row>11</xdr:row>
-          <xdr:rowOff>771525</xdr:rowOff>
+          <xdr:row>12</xdr:row>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="76816" name="Group Box 16" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s76816"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000102C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
@@ -4401,70 +4089,70 @@
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>4</xdr:col>
-[...1 lines deleted...]
-          <xdr:row>4</xdr:row>
+          <xdr:col>9</xdr:col>
+          <xdr:colOff>333375</xdr:colOff>
+          <xdr:row>5</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>5</xdr:col>
-[...1 lines deleted...]
-          <xdr:row>4</xdr:row>
+          <xdr:col>9</xdr:col>
+          <xdr:colOff>1123950</xdr:colOff>
+          <xdr:row>5</xdr:row>
           <xdr:rowOff>266700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="62466" name="Option Button 2" hidden="1">
+            <xdr:cNvPr id="83969" name="Option Button 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s62466"/>
+                  <a14:compatExt spid="_x0000_s83969"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002F40000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000001480100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4487,70 +4175,70 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t> 新規</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>3</xdr:col>
+          <xdr:col>4</xdr:col>
           <xdr:colOff>0</xdr:colOff>
-          <xdr:row>3</xdr:row>
+          <xdr:row>4</xdr:row>
           <xdr:rowOff>238125</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>8</xdr:col>
+          <xdr:col>9</xdr:col>
           <xdr:colOff>933450</xdr:colOff>
-          <xdr:row>5</xdr:row>
-          <xdr:rowOff>28575</xdr:rowOff>
+          <xdr:row>6</xdr:row>
+          <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="62470" name="Group Box 6" hidden="1">
+            <xdr:cNvPr id="83970" name="Group Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s62470"/>
+                  <a14:compatExt spid="_x0000_s83970"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000006F40000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002480100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
@@ -4559,222 +4247,204 @@
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" wrap="none" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 74</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...84 lines deleted...]
-  </mc:AlternateContent>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>156882</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>-1</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>705971</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="テキスト ボックス 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="392206" y="1378323"/>
+          <a:ext cx="549089" cy="291353"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="900">
+              <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>直接</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>809625</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="81921" name="Group Box 1" hidden="1">
+            <xdr:cNvPr id="84993" name="Group Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s81921"/>
+                  <a14:compatExt spid="_x0000_s84993"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000001400100}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000014C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2819400</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>209550</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="81922" name="Group Box 2" hidden="1">
+            <xdr:cNvPr id="84994" name="Group Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s81922"/>
+                  <a14:compatExt spid="_x0000_s84994"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002400100}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000024C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
@@ -4787,70 +4457,70 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 27</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2819400</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>209550</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="81923" name="Group Box 3" hidden="1">
+            <xdr:cNvPr id="84995" name="Group Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s81923"/>
+                  <a14:compatExt spid="_x0000_s84995"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003400100}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000034C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
@@ -4863,70 +4533,70 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 27</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>762000</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2895600</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>209550</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="81924" name="Group Box 4" hidden="1">
+            <xdr:cNvPr id="84996" name="Group Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s81924"/>
+                  <a14:compatExt spid="_x0000_s84996"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000004400100}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000044C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
@@ -4939,70 +4609,70 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 27</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>904875</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>209550</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="81925" name="Group Box 5" hidden="1">
+            <xdr:cNvPr id="84997" name="Group Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s81925"/>
+                  <a14:compatExt spid="_x0000_s84997"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000005400100}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000054C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
@@ -5015,70 +4685,70 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 44</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>904875</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>209550</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="81926" name="Group Box 6" hidden="1">
+            <xdr:cNvPr id="84998" name="Group Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s81926"/>
+                  <a14:compatExt spid="_x0000_s84998"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000006400100}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000064C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
@@ -5091,241 +4761,241 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Meiryo UI"/>
                   <a:ea typeface="Meiryo UI"/>
                 </a:rPr>
                 <a:t>グループ 44</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>809625</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="81927" name="Group Box 7" hidden="1">
+            <xdr:cNvPr id="84999" name="Group Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s81927"/>
+                  <a14:compatExt spid="_x0000_s84999"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000007400100}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000074C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>809625</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>38100</xdr:rowOff>
+          <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="81928" name="Group Box 8" hidden="1">
+            <xdr:cNvPr id="85000" name="Group Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s81928"/>
+                  <a14:compatExt spid="_x0000_s85000"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000008400100}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000084C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>809625</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
-          <xdr:row>11</xdr:row>
-          <xdr:rowOff>781050</xdr:rowOff>
+          <xdr:row>12</xdr:row>
+          <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="81929" name="Group Box 9" hidden="1">
+            <xdr:cNvPr id="85001" name="Group Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s81929"/>
+                  <a14:compatExt spid="_x0000_s85001"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000009400100}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000094C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>1</xdr:col>
+          <xdr:col>2</xdr:col>
           <xdr:colOff>809625</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>2</xdr:col>
+          <xdr:col>3</xdr:col>
           <xdr:colOff>2781300</xdr:colOff>
-          <xdr:row>11</xdr:row>
-          <xdr:rowOff>781050</xdr:rowOff>
+          <xdr:row>12</xdr:row>
+          <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="81930" name="Group Box 10" hidden="1">
+            <xdr:cNvPr id="85002" name="Group Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s81930"/>
+                  <a14:compatExt spid="_x0000_s85002"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000A400100}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000A4C0100}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
@@ -5689,3848 +5359,4363 @@
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mitsubishi.taro@zz.mitsubishielectric.co.jp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mitsubishi.taro@zz.mitsubishielectric.co.jp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet21">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L30"/>
+  <dimension ref="A1:M31"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.5" style="8" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="16384" width="9" style="8" hidden="1"/>
+    <col min="1" max="1" width="3.125" style="8" customWidth="1"/>
+    <col min="2" max="2" width="11.5" style="8" customWidth="1"/>
+    <col min="3" max="3" width="20.875" style="8" customWidth="1"/>
+    <col min="4" max="4" width="11.5" style="8" customWidth="1"/>
+    <col min="5" max="5" width="15.5" style="8" customWidth="1"/>
+    <col min="6" max="6" width="13.5" style="8" customWidth="1"/>
+    <col min="7" max="7" width="16.5" style="8" customWidth="1"/>
+    <col min="8" max="8" width="8.5" style="8" customWidth="1"/>
+    <col min="9" max="9" width="21.5" style="8" customWidth="1"/>
+    <col min="10" max="10" width="16.625" style="8" customWidth="1"/>
+    <col min="11" max="11" width="3.125" style="8" customWidth="1"/>
+    <col min="12" max="13" width="5.5" style="8" hidden="1" customWidth="1"/>
+    <col min="14" max="16384" width="9" style="8" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...40 lines deleted...]
-      <c r="I3" s="18">
+    <row r="1" spans="2:12" ht="15.75" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:12" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="4"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="6"/>
+      <c r="I2" s="6"/>
+      <c r="J2" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K2" s="3"/>
+      <c r="L2" s="8"/>
+    </row>
+    <row r="3" spans="2:12" s="9" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B3" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="H3" s="12"/>
+      <c r="I3" s="12"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="8"/>
+    </row>
+    <row r="4" spans="2:12" s="9" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B4" s="14"/>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3"/>
+      <c r="E4" s="15"/>
+      <c r="F4" s="15"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="17"/>
+      <c r="I4" s="17"/>
+      <c r="J4" s="18">
         <v>1</v>
       </c>
-      <c r="J3" s="19">
+      <c r="K4" s="19">
         <v>1</v>
       </c>
-      <c r="K3" s="8"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+      <c r="L4" s="8"/>
+    </row>
+    <row r="5" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="85"/>
-[...1 lines deleted...]
-      <c r="D4" s="97" t="s">
+      <c r="C5" s="20"/>
+      <c r="D5" s="5"/>
+      <c r="E5" s="5"/>
+      <c r="F5" s="16"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+      <c r="J5" s="73" t="s">
         <v>1</v>
       </c>
-      <c r="E4" s="98"/>
-[...4 lines deleted...]
-      <c r="J4" s="21">
+      <c r="K5" s="21">
         <v>1</v>
       </c>
-      <c r="K4" s="8"/>
-[...16 lines deleted...]
-      <c r="C6" s="101"/>
+      <c r="L5" s="8"/>
+    </row>
+    <row r="6" spans="2:12" s="9" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="74"/>
+      <c r="C6" s="76"/>
       <c r="D6" s="5"/>
-      <c r="E6" s="16"/>
-      <c r="F6" s="5"/>
+      <c r="E6" s="5"/>
+      <c r="F6" s="16"/>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
-      <c r="I6" s="25"/>
-[...14 lines deleted...]
-      <c r="I7" s="27">
+      <c r="I6" s="5"/>
+      <c r="J6" s="22"/>
+      <c r="K6" s="3"/>
+    </row>
+    <row r="7" spans="2:12" s="9" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B7" s="130"/>
+      <c r="C7" s="131"/>
+      <c r="D7" s="132"/>
+      <c r="E7" s="5"/>
+      <c r="F7" s="16"/>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+      <c r="J7" s="23"/>
+      <c r="K7" s="3"/>
+    </row>
+    <row r="8" spans="2:12" s="26" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B8" s="44" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="24"/>
+      <c r="H8" s="24"/>
+      <c r="I8" s="24"/>
+      <c r="J8" s="25">
         <v>1</v>
       </c>
-      <c r="J7" s="26"/>
-[...2 lines deleted...]
-      <c r="A8" s="102" t="s">
+      <c r="K8" s="24"/>
+    </row>
+    <row r="9" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="133" t="s">
         <v>2</v>
       </c>
-      <c r="B8" s="103"/>
-[...6 lines deleted...]
-      <c r="I8" s="29" t="s">
+      <c r="C9" s="134"/>
+      <c r="D9" s="81"/>
+      <c r="E9" s="98"/>
+      <c r="F9" s="98"/>
+      <c r="G9" s="98"/>
+      <c r="H9" s="98"/>
+      <c r="I9" s="99"/>
+      <c r="J9" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="J8" s="3"/>
-[...2 lines deleted...]
-      <c r="A9" s="104" t="s">
+      <c r="K9" s="3"/>
+    </row>
+    <row r="10" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="135" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="105"/>
-[...8 lines deleted...]
-        <f>IF($C$10="","",DATE(YEAR($C$10),MONTH($C$10)+1,1))</f>
+      <c r="C10" s="136"/>
+      <c r="D10" s="109"/>
+      <c r="E10" s="110"/>
+      <c r="F10" s="111"/>
+      <c r="G10" s="105" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" s="106"/>
+      <c r="I10" s="114" t="str">
+        <f>IF($D$11="","",DATE(YEAR($D$11),MONTH($D$11)+1,1))</f>
         <v/>
       </c>
-      <c r="I9" s="125"/>
-[...17 lines deleted...]
-      <c r="A11" s="128" t="s">
+      <c r="J10" s="115"/>
+      <c r="K10" s="3"/>
+    </row>
+    <row r="11" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="137" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="138"/>
+      <c r="D11" s="112"/>
+      <c r="E11" s="113"/>
+      <c r="F11" s="113"/>
+      <c r="G11" s="107"/>
+      <c r="H11" s="108"/>
+      <c r="I11" s="116"/>
+      <c r="J11" s="117"/>
+      <c r="K11" s="3"/>
+    </row>
+    <row r="12" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="118" t="s">
         <v>5</v>
       </c>
-      <c r="B11" s="129"/>
-[...10 lines deleted...]
-      <c r="A12" s="131" t="s">
+      <c r="C12" s="119"/>
+      <c r="D12" s="119"/>
+      <c r="E12" s="119"/>
+      <c r="F12" s="119"/>
+      <c r="G12" s="119"/>
+      <c r="H12" s="119"/>
+      <c r="I12" s="119"/>
+      <c r="J12" s="120"/>
+      <c r="K12" s="3"/>
+    </row>
+    <row r="13" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="121" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="132"/>
-[...11 lines deleted...]
-        <f>IF(I3=2,"利用者"&amp;CHAR(10)&amp;"(必須)","申込者"&amp;CHAR(10)&amp;"(必須)")</f>
+      <c r="C13" s="122"/>
+      <c r="D13" s="123"/>
+      <c r="E13" s="123"/>
+      <c r="F13" s="123"/>
+      <c r="G13" s="123"/>
+      <c r="H13" s="123"/>
+      <c r="I13" s="123"/>
+      <c r="J13" s="124"/>
+      <c r="K13" s="3"/>
+    </row>
+    <row r="14" spans="2:12" s="9" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="139" t="str">
+        <f>IF(J4=2,"利用者"&amp;CHAR(10)&amp;"(必須)","申込者"&amp;CHAR(10)&amp;"(必須)")</f>
         <v>申込者
 (必須)</v>
       </c>
-      <c r="B13" s="113" t="s">
+      <c r="C14" s="85" t="s">
         <v>7</v>
       </c>
-      <c r="C13" s="91" t="s">
+      <c r="D14" s="100" t="s">
         <v>8</v>
       </c>
-      <c r="D13" s="92"/>
-[...4 lines deleted...]
-      <c r="I13" s="30" t="s">
+      <c r="E14" s="87"/>
+      <c r="F14" s="87"/>
+      <c r="G14" s="87"/>
+      <c r="H14" s="87"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="28" t="s">
         <v>9</v>
       </c>
-      <c r="J13" s="3"/>
-[...15 lines deleted...]
-      <c r="B15" s="32" t="s">
+      <c r="K14" s="3"/>
+    </row>
+    <row r="15" spans="2:12" s="9" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="140"/>
+      <c r="C15" s="104"/>
+      <c r="D15" s="101"/>
+      <c r="E15" s="102"/>
+      <c r="F15" s="102"/>
+      <c r="G15" s="102"/>
+      <c r="H15" s="102"/>
+      <c r="I15" s="103"/>
+      <c r="J15" s="29"/>
+      <c r="K15" s="3"/>
+    </row>
+    <row r="16" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="140"/>
+      <c r="C16" s="30" t="s">
         <v>10</v>
       </c>
-      <c r="C15" s="88"/>
-[...10 lines deleted...]
-      <c r="B16" s="32" t="s">
+      <c r="D16" s="81"/>
+      <c r="E16" s="82"/>
+      <c r="F16" s="82"/>
+      <c r="G16" s="82"/>
+      <c r="H16" s="82"/>
+      <c r="I16" s="82"/>
+      <c r="J16" s="83"/>
+      <c r="K16" s="3"/>
+    </row>
+    <row r="17" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="140"/>
+      <c r="C17" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="C16" s="88"/>
-[...10 lines deleted...]
-      <c r="B17" s="33" t="s">
+      <c r="D17" s="81"/>
+      <c r="E17" s="82"/>
+      <c r="F17" s="82"/>
+      <c r="G17" s="82"/>
+      <c r="H17" s="82"/>
+      <c r="I17" s="82"/>
+      <c r="J17" s="83"/>
+      <c r="K17" s="3"/>
+    </row>
+    <row r="18" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="140"/>
+      <c r="C18" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="C17" s="88"/>
-[...10 lines deleted...]
-      <c r="B18" s="142" t="s">
+      <c r="D18" s="81"/>
+      <c r="E18" s="82"/>
+      <c r="F18" s="82"/>
+      <c r="G18" s="82"/>
+      <c r="H18" s="82"/>
+      <c r="I18" s="82"/>
+      <c r="J18" s="83"/>
+      <c r="K18" s="3"/>
+    </row>
+    <row r="19" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="140"/>
+      <c r="C19" s="84" t="s">
         <v>13</v>
       </c>
-      <c r="C18" s="34" t="s">
+      <c r="D19" s="32" t="s">
         <v>14</v>
       </c>
-      <c r="D18" s="143"/>
-[...11 lines deleted...]
-      <c r="C19" s="36" t="s">
+      <c r="E19" s="86"/>
+      <c r="F19" s="87"/>
+      <c r="G19" s="87"/>
+      <c r="H19" s="87"/>
+      <c r="I19" s="87"/>
+      <c r="J19" s="88"/>
+      <c r="K19" s="33"/>
+      <c r="L19" s="8"/>
+    </row>
+    <row r="20" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="141"/>
+      <c r="C20" s="85"/>
+      <c r="D20" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="D19" s="144"/>
-[...24 lines deleted...]
-      <c r="A21" s="135" t="s">
+      <c r="E20" s="89"/>
+      <c r="F20" s="90"/>
+      <c r="G20" s="90"/>
+      <c r="H20" s="90"/>
+      <c r="I20" s="90"/>
+      <c r="J20" s="91"/>
+      <c r="K20" s="33"/>
+      <c r="L20" s="8"/>
+    </row>
+    <row r="21" spans="2:12" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="79" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="80"/>
+      <c r="D21" s="81"/>
+      <c r="E21" s="82"/>
+      <c r="F21" s="82"/>
+      <c r="G21" s="82"/>
+      <c r="H21" s="82"/>
+      <c r="I21" s="82"/>
+      <c r="J21" s="83"/>
+      <c r="K21" s="35"/>
+      <c r="L21" s="8"/>
+    </row>
+    <row r="22" spans="2:12" s="9" customFormat="1" ht="133.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="125" t="s">
         <v>16</v>
       </c>
-      <c r="B21" s="136"/>
-[...11 lines deleted...]
-      <c r="A22" s="191" t="s">
+      <c r="C22" s="126"/>
+      <c r="D22" s="127"/>
+      <c r="E22" s="128"/>
+      <c r="F22" s="128"/>
+      <c r="G22" s="128"/>
+      <c r="H22" s="128"/>
+      <c r="I22" s="128"/>
+      <c r="J22" s="129"/>
+      <c r="K22" s="33"/>
+      <c r="L22" s="8"/>
+    </row>
+    <row r="23" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="56" t="s">
         <v>17</v>
       </c>
-      <c r="B22" s="38"/>
-[...11 lines deleted...]
-      <c r="A23" s="192" t="s">
+      <c r="C23" s="36"/>
+      <c r="D23" s="37"/>
+      <c r="E23" s="37"/>
+      <c r="F23" s="37"/>
+      <c r="G23" s="37"/>
+      <c r="H23" s="38"/>
+      <c r="I23" s="38"/>
+      <c r="J23" s="5"/>
+      <c r="K23" s="3"/>
+      <c r="L23" s="8"/>
+    </row>
+    <row r="24" spans="2:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="57" t="s">
         <v>18</v>
-      </c>
-[...12 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
-    </row>
-[...3 lines deleted...]
-      <c r="C25" s="3"/>
+      <c r="K24" s="3"/>
+    </row>
+    <row r="25" spans="2:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="39" t="s">
+        <v>19</v>
+      </c>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D26" s="81"/>
+      <c r="K25" s="3"/>
+    </row>
+    <row r="26" spans="2:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="3"/>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
-    </row>
-[...7 lines deleted...]
-      <c r="E27" s="3"/>
+      <c r="K26" s="3"/>
+    </row>
+    <row r="27" spans="2:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="92" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="D27" s="94"/>
+      <c r="E27" s="95"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
-    </row>
-[...2 lines deleted...]
-    <row r="30" spans="1:11" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="K27" s="3"/>
+    </row>
+    <row r="28" spans="2:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="93"/>
+      <c r="C28" s="41" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" s="96"/>
+      <c r="E28" s="97"/>
+      <c r="F28" s="3"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="3"/>
+      <c r="I28" s="3"/>
+      <c r="J28" s="3"/>
+      <c r="K28" s="3"/>
+    </row>
+    <row r="29" spans="2:12" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="30" spans="2:12" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="31" spans="2:12" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="X/ltOy1kvGvskRQvwxQfO3wMkfA1xGfrWfKzhYkr2xKA175zXf3fhy78F6m6ayXmGR7rpQmMZIQzWaYiSd/F8g==" saltValue="VaULOM+xg+srWHVWa1XSrw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...31 lines deleted...]
-    <mergeCell ref="C16:I16"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="36kLr2+LwHOyxjl4JMNhbxLzy5z0cC/Ggau5mdqMqbKUuR27EZw2rV4fhBraSMlj3VwPQwfqhMPLlxCCVXNEHQ==" saltValue="Jve9nzb0np42gv9KYcnNjg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="28">
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="B11:C11"/>
+    <mergeCell ref="B14:B20"/>
+    <mergeCell ref="D16:J16"/>
+    <mergeCell ref="D17:J17"/>
+    <mergeCell ref="B27:B28"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="D9:I9"/>
+    <mergeCell ref="D14:I14"/>
+    <mergeCell ref="D15:I15"/>
+    <mergeCell ref="D18:J18"/>
+    <mergeCell ref="C14:C15"/>
+    <mergeCell ref="G10:H11"/>
+    <mergeCell ref="D10:F10"/>
+    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="I10:J11"/>
+    <mergeCell ref="B12:J12"/>
+    <mergeCell ref="B13:J13"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="D22:J22"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="D21:J21"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="E19:J19"/>
+    <mergeCell ref="E20:J20"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <conditionalFormatting sqref="C9">
-    <cfRule type="cellIs" dxfId="96" priority="11" operator="equal">
+  <conditionalFormatting sqref="D10">
+    <cfRule type="cellIs" dxfId="95" priority="11" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C10">
-[...1 lines deleted...]
-      <formula>$C$10=""</formula>
+  <conditionalFormatting sqref="D11">
+    <cfRule type="expression" dxfId="94" priority="5">
+      <formula>$D$11=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C13">
-[...1 lines deleted...]
-      <formula>OR($C$13="",$C$13="〒")</formula>
+  <conditionalFormatting sqref="D14">
+    <cfRule type="expression" dxfId="93" priority="9">
+      <formula>OR($D$14="",$D$14="〒")</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C14 C15:I17">
-    <cfRule type="cellIs" dxfId="93" priority="8" operator="equal">
+  <conditionalFormatting sqref="D15 D16:J18">
+    <cfRule type="cellIs" dxfId="92" priority="8" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C18:I18">
-[...1 lines deleted...]
-      <formula>$D$18=""</formula>
+  <conditionalFormatting sqref="D19:J19">
+    <cfRule type="expression" dxfId="91" priority="7">
+      <formula>$E$19=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C19:I19">
-[...1 lines deleted...]
-      <formula>$D$19=""</formula>
+  <conditionalFormatting sqref="D20:J20">
+    <cfRule type="expression" dxfId="90" priority="6">
+      <formula>$E$20=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C20:I20">
-[...1 lines deleted...]
-      <formula>OR($J$3=3,$J$3=4,$J$3=5)</formula>
+  <conditionalFormatting sqref="D21:J21">
+    <cfRule type="expression" dxfId="89" priority="1">
+      <formula>OR($K$4=3,$K$4=4,$K$4=5)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="89" priority="4">
-      <formula>OR($J$3=1,$J$3=2)</formula>
+    <cfRule type="expression" dxfId="88" priority="4">
+      <formula>OR($K$4=1,$K$4=2)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I13:I14">
-[...1 lines deleted...]
-      <formula>$I$14=""</formula>
+  <conditionalFormatting sqref="J14:J15">
+    <cfRule type="expression" dxfId="87" priority="2">
+      <formula>$J$15=""</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="5">
-    <dataValidation type="custom" imeMode="disabled" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="電子メール アドレスを入力してください 。(例:test.user@mind.co.jp)" sqref="D19:I19" xr:uid="{5FECCDED-0DC9-453A-9CE1-10B318FC0829}">
-      <formula1>AND(COUNTIF(D19,"*@*"),LEN(D19)=LENB(D19))</formula1>
+    <dataValidation type="custom" imeMode="disabled" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="電子メール アドレスを入力してください 。(例:test.user@mind.co.jp)" sqref="E20:J20" xr:uid="{5FECCDED-0DC9-453A-9CE1-10B318FC0829}">
+      <formula1>AND(COUNTIF(E20,"*@*"),LEN(E20)=LENB(E20))</formula1>
     </dataValidation>
-    <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A2 C2 C13:C17 C8:C10 C20 F9" xr:uid="{9B28E77E-8D1A-42A4-873C-514EEB4D82B0}"/>
-[...2 lines deleted...]
-    <dataValidation imeMode="on" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A26" xr:uid="{BC484A20-05B2-4C5D-8B6A-CDA3236B4B4F}"/>
+    <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B3 D3 D14:D18 D9:D11 D21 G10" xr:uid="{9B28E77E-8D1A-42A4-873C-514EEB4D82B0}"/>
+    <dataValidation imeMode="off" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E4:G4 D22:D23 D19:D20 F5:F7" xr:uid="{D85F5DEE-F965-4943-BD8D-EEA03F10E9A2}"/>
+    <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="サービス開通日" prompt="弊社記入欄" sqref="I10:J11" xr:uid="{1AD75241-741E-4FB9-BD8B-5C3FD9C7C361}"/>
+    <dataValidation imeMode="on" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B27" xr:uid="{BC484A20-05B2-4C5D-8B6A-CDA3236B4B4F}"/>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A24" location="'基本情報・契約内容 '!A1" display="'基本情報・契約内容 '!A1" xr:uid="{A1A6DCB1-D87A-450D-8B52-40C1D95A66D0}"/>
+    <hyperlink ref="B25" location="'基本情報・契約内容 '!A1" display="'基本情報・契約内容 '!A1" xr:uid="{A1A6DCB1-D87A-450D-8B52-40C1D95A66D0}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="0.39370078740157483" bottom="0.31496062992125984" header="0.59055118110236227" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="66" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;R&amp;"ＭＳ Ｐ明朝,斜体"&amp;10MINDタイムスタンプサービス　-DiaStamp-　契約申込書   </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="46114" r:id="rId4" name="Option Button 34">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>4</xdr:col>
-[...1 lines deleted...]
-                    <xdr:row>4</xdr:row>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>333375</xdr:colOff>
+                    <xdr:row>5</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>5</xdr:col>
-[...1 lines deleted...]
-                    <xdr:row>4</xdr:row>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>1123950</xdr:colOff>
+                    <xdr:row>5</xdr:row>
                     <xdr:rowOff>266700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="46154" r:id="rId5" name="Group Box 74">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>3</xdr:col>
+                    <xdr:col>4</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
-                    <xdr:row>3</xdr:row>
+                    <xdr:row>4</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>8</xdr:col>
+                    <xdr:col>9</xdr:col>
                     <xdr:colOff>933450</xdr:colOff>
-                    <xdr:row>5</xdr:row>
+                    <xdr:row>6</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
-                  </to>
-[...20 lines deleted...]
-                    <xdr:rowOff>276225</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B66466EA-5F16-42C3-884F-3FDDB90270AF}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U56"/>
+  <dimension ref="A1:V56"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="70" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" outlineLevelCol="3" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.875" style="8" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="17" max="16384" width="8.875" style="1" hidden="1"/>
+    <col min="1" max="1" width="3.125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="16.875" style="8" customWidth="1"/>
+    <col min="3" max="3" width="17.5" style="8" customWidth="1"/>
+    <col min="4" max="4" width="44.5" style="8" customWidth="1"/>
+    <col min="5" max="10" width="8.875" style="8" customWidth="1"/>
+    <col min="11" max="11" width="3.125" style="8" customWidth="1"/>
+    <col min="12" max="14" width="8.875" style="8" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="8.875" style="1" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="8.875" style="1" hidden="1" customWidth="1" outlineLevel="3"/>
+    <col min="17" max="17" width="8.875" style="1" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="18" max="16384" width="8.875" style="1" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      </c>
+    <row r="1" spans="2:22" ht="15.75" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
-      <c r="J2" s="3"/>
+      <c r="J2" s="78" t="str">
+        <f>申込書!J2</f>
+        <v>ver2.7[web]</v>
+      </c>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
-      <c r="P2" t="s">
-[...24 lines deleted...]
-      <c r="D3" s="3"/>
+      <c r="N2" s="7"/>
+    </row>
+    <row r="3" spans="2:22" customFormat="1" ht="34.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="160" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" s="161"/>
+      <c r="D3" s="42"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
       <c r="Q3" t="s">
+        <v>23</v>
+      </c>
+      <c r="R3" t="s">
+        <v>24</v>
+      </c>
+      <c r="S3" t="s">
+        <v>25</v>
+      </c>
+      <c r="T3" t="s">
+        <v>26</v>
+      </c>
+      <c r="U3" t="s">
+        <v>27</v>
+      </c>
+      <c r="V3" s="2"/>
+    </row>
+    <row r="4" spans="2:22" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="148"/>
+      <c r="C4" s="154"/>
+      <c r="D4" s="77" t="s">
         <v>31</v>
       </c>
-      <c r="T3" t="s">
-[...10 lines deleted...]
-      <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
-      <c r="Q4" t="s">
-[...7 lines deleted...]
-      <c r="D5" s="3"/>
+      <c r="N4" s="3"/>
+      <c r="R4" t="s">
+        <v>29</v>
+      </c>
+      <c r="U4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5" spans="2:22" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="149"/>
+      <c r="C5" s="150"/>
+      <c r="D5" s="58"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
-      <c r="Q5" t="s">
-[...12 lines deleted...]
-      <c r="E6" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="R5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6" spans="2:22" customFormat="1" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="151" t="s">
+        <v>78</v>
+      </c>
+      <c r="C6" s="151"/>
+      <c r="D6" s="43" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="44"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
-      <c r="Q6" t="s">
-[...12 lines deleted...]
-      <c r="E7" s="3"/>
+      <c r="N6" s="3"/>
+      <c r="R6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="2:22" customFormat="1" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="152" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" s="153"/>
+      <c r="D7" s="42" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" s="44"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D8" s="3"/>
+      <c r="N7" s="3"/>
+      <c r="R7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="2:22" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="146" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" s="147"/>
+      <c r="D8" s="42"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D9" s="3"/>
+      <c r="N8" s="3"/>
+    </row>
+    <row r="9" spans="2:22" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="148"/>
+      <c r="C9" s="154"/>
+      <c r="D9" s="77" t="s">
+        <v>36</v>
+      </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
-    </row>
-[...4 lines deleted...]
-      <c r="D10" s="3"/>
+      <c r="N9" s="3"/>
+    </row>
+    <row r="10" spans="2:22" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="155"/>
+      <c r="C10" s="156"/>
+      <c r="D10" s="58"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="3"/>
+      <c r="N10" s="3"/>
+    </row>
+    <row r="11" spans="2:22" customFormat="1" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D12" s="3"/>
+      <c r="N11" s="3"/>
+    </row>
+    <row r="12" spans="2:22" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="157" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" s="157"/>
+      <c r="D12" s="157"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
-    </row>
-[...7 lines deleted...]
-        <f>COUNTIF(A16:A36,"選択してください。")</f>
+      <c r="N12" s="3"/>
+    </row>
+    <row r="13" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B13" s="155" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" s="156"/>
+      <c r="D13" s="156"/>
+      <c r="E13" s="59">
+        <f>COUNTIF(B16:B36,"選択してください。")</f>
         <v>6</v>
       </c>
-      <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D14" s="3"/>
+      <c r="N13" s="3"/>
+    </row>
+    <row r="14" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B14" s="158" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" s="60"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D15" s="3"/>
+      <c r="N14" s="3"/>
+    </row>
+    <row r="15" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B15" s="159"/>
+      <c r="C15" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" s="61"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D16" s="3"/>
+      <c r="N15" s="3"/>
+    </row>
+    <row r="16" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B16" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" s="62"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D17" s="3"/>
+      <c r="N16" s="3"/>
+    </row>
+    <row r="17" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B17" s="47"/>
+      <c r="C17" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" s="63"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D18" s="3"/>
+      <c r="N17" s="3"/>
+    </row>
+    <row r="18" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B18" s="158" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" s="64"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D19" s="3"/>
+      <c r="N18" s="3"/>
+    </row>
+    <row r="19" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B19" s="159"/>
+      <c r="C19" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" s="65"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D20" s="3"/>
+      <c r="N19" s="3"/>
+    </row>
+    <row r="20" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B20" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" s="66"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D21" s="3"/>
+      <c r="N20" s="3"/>
+    </row>
+    <row r="21" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B21" s="47"/>
+      <c r="C21" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" s="63"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D22" s="3"/>
+      <c r="N21" s="3"/>
+    </row>
+    <row r="22" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B22" s="158" t="s">
+        <v>45</v>
+      </c>
+      <c r="C22" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D22" s="64"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D23" s="3"/>
+      <c r="N22" s="3"/>
+    </row>
+    <row r="23" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B23" s="159"/>
+      <c r="C23" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" s="65"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D24" s="3"/>
+      <c r="N23" s="3"/>
+    </row>
+    <row r="24" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B24" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C24" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" s="66"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D25" s="3"/>
+      <c r="N24" s="3"/>
+    </row>
+    <row r="25" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B25" s="47"/>
+      <c r="C25" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" s="63"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
-    </row>
-[...4 lines deleted...]
-      <c r="B26" s="55" t="s">
+      <c r="N25" s="3"/>
+    </row>
+    <row r="26" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B26" s="158" t="s">
         <v>46</v>
       </c>
-      <c r="C26" s="202"/>
-      <c r="D26" s="3"/>
+      <c r="C26" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D26" s="67"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D27" s="3"/>
+      <c r="N26" s="3"/>
+    </row>
+    <row r="27" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B27" s="159"/>
+      <c r="C27" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D27" s="68"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D28" s="3"/>
+      <c r="N27" s="3"/>
+    </row>
+    <row r="28" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B28" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C28" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D28" s="68"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D29" s="3"/>
+      <c r="N28" s="3"/>
+    </row>
+    <row r="29" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B29" s="47"/>
+      <c r="C29" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D29" s="63"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D30" s="3"/>
+      <c r="N29" s="3"/>
+    </row>
+    <row r="30" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B30" s="158" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D30" s="67"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D31" s="3"/>
+      <c r="N30" s="3"/>
+    </row>
+    <row r="31" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B31" s="159"/>
+      <c r="C31" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D31" s="68"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D32" s="3"/>
+      <c r="N31" s="3"/>
+    </row>
+    <row r="32" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B32" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C32" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D32" s="68"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D33" s="3"/>
+      <c r="N32" s="3"/>
+    </row>
+    <row r="33" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B33" s="47"/>
+      <c r="C33" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D33" s="63"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D34" s="3"/>
+      <c r="N33" s="3"/>
+    </row>
+    <row r="34" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B34" s="158" t="s">
+        <v>48</v>
+      </c>
+      <c r="C34" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="67"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D35" s="3"/>
+      <c r="N34" s="3"/>
+    </row>
+    <row r="35" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B35" s="159"/>
+      <c r="C35" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D35" s="68"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D36" s="3"/>
+      <c r="N35" s="3"/>
+    </row>
+    <row r="36" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B36" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C36" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D36" s="68"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3"/>
       <c r="K36" s="3"/>
       <c r="L36" s="3"/>
       <c r="M36" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D37" s="3"/>
+      <c r="N36" s="3"/>
+    </row>
+    <row r="37" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B37" s="47"/>
+      <c r="C37" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D37" s="63"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
-    </row>
-[...4 lines deleted...]
-      <c r="D38" s="3"/>
+      <c r="N37" s="3"/>
+    </row>
+    <row r="38" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B38" s="69"/>
+      <c r="C38" s="69"/>
+      <c r="D38" s="51"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D39" s="3"/>
+      <c r="N38" s="3"/>
+    </row>
+    <row r="39" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B39" s="70" t="s">
+        <v>49</v>
+      </c>
+      <c r="C39" s="50"/>
+      <c r="D39" s="51"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
-    </row>
-[...7 lines deleted...]
-        <f>COUNTIF(A43:A51,"選択してください。")</f>
+      <c r="N39" s="3"/>
+    </row>
+    <row r="40" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B40" s="144" t="s">
+        <v>50</v>
+      </c>
+      <c r="C40" s="145"/>
+      <c r="D40" s="145"/>
+      <c r="E40" s="21">
+        <f>COUNTIF(B43:B51,"選択してください。")</f>
         <v>2</v>
       </c>
-      <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
       <c r="K40" s="3"/>
       <c r="L40" s="3"/>
       <c r="M40" s="3"/>
-    </row>
-[...11 lines deleted...]
-      <c r="E41" s="3"/>
+      <c r="N40" s="3"/>
+    </row>
+    <row r="41" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B41" s="142" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" s="52" t="s">
+        <v>39</v>
+      </c>
+      <c r="D41" s="71" t="s">
+        <v>63</v>
+      </c>
+      <c r="E41" s="21"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D42" s="3"/>
+      <c r="N41" s="3"/>
+    </row>
+    <row r="42" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B42" s="143"/>
+      <c r="C42" s="53" t="s">
+        <v>40</v>
+      </c>
+      <c r="D42" s="61"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D43" s="3"/>
+      <c r="N42" s="3"/>
+    </row>
+    <row r="43" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B43" s="72" t="s">
+        <v>51</v>
+      </c>
+      <c r="C43" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="D43" s="62"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D44" s="3"/>
+      <c r="N43" s="3"/>
+    </row>
+    <row r="44" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B44" s="54"/>
+      <c r="C44" s="55" t="s">
+        <v>43</v>
+      </c>
+      <c r="D44" s="63"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
-    </row>
-[...10 lines deleted...]
-      <c r="D45" s="3"/>
+      <c r="N44" s="3"/>
+    </row>
+    <row r="45" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B45" s="142" t="s">
+        <v>44</v>
+      </c>
+      <c r="C45" s="52" t="s">
+        <v>39</v>
+      </c>
+      <c r="D45" s="71" t="s">
+        <v>63</v>
+      </c>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D46" s="3"/>
+      <c r="N45" s="3"/>
+    </row>
+    <row r="46" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B46" s="143"/>
+      <c r="C46" s="53" t="s">
+        <v>40</v>
+      </c>
+      <c r="D46" s="65"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3"/>
       <c r="K46" s="3"/>
       <c r="L46" s="3"/>
       <c r="M46" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D47" s="3"/>
+      <c r="N46" s="3"/>
+    </row>
+    <row r="47" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B47" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C47" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="D47" s="66"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D48" s="3"/>
+      <c r="N47" s="3"/>
+    </row>
+    <row r="48" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B48" s="54"/>
+      <c r="C48" s="55" t="s">
+        <v>43</v>
+      </c>
+      <c r="D48" s="63"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
-    </row>
-[...10 lines deleted...]
-      <c r="D49" s="3"/>
+      <c r="N48" s="3"/>
+    </row>
+    <row r="49" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B49" s="142" t="s">
+        <v>45</v>
+      </c>
+      <c r="C49" s="52" t="s">
+        <v>39</v>
+      </c>
+      <c r="D49" s="71" t="s">
+        <v>63</v>
+      </c>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D50" s="3"/>
+      <c r="N49" s="3"/>
+    </row>
+    <row r="50" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B50" s="143"/>
+      <c r="C50" s="53" t="s">
+        <v>40</v>
+      </c>
+      <c r="D50" s="65"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="J50" s="3"/>
       <c r="K50" s="3"/>
       <c r="L50" s="3"/>
       <c r="M50" s="3"/>
-    </row>
-[...8 lines deleted...]
-      <c r="D51" s="3"/>
+      <c r="N50" s="3"/>
+    </row>
+    <row r="51" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B51" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C51" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="D51" s="66"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
       <c r="K51" s="3"/>
       <c r="L51" s="3"/>
       <c r="M51" s="3"/>
-    </row>
-[...6 lines deleted...]
-      <c r="D52" s="3"/>
+      <c r="N51" s="3"/>
+    </row>
+    <row r="52" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B52" s="54"/>
+      <c r="C52" s="55" t="s">
+        <v>43</v>
+      </c>
+      <c r="D52" s="63"/>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="J52" s="3"/>
       <c r="K52" s="3"/>
       <c r="L52" s="3"/>
       <c r="M52" s="3"/>
-    </row>
-[...4 lines deleted...]
-      <c r="D53" s="3"/>
+      <c r="N52" s="3"/>
+    </row>
+    <row r="53" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B53" s="49"/>
+      <c r="C53" s="50"/>
+      <c r="D53" s="51"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
-    </row>
-[...4 lines deleted...]
-      <c r="D54" s="3"/>
+      <c r="N53" s="3"/>
+    </row>
+    <row r="54" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B54" s="49"/>
+      <c r="C54" s="50"/>
+      <c r="D54" s="51"/>
       <c r="E54" s="3"/>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="J54" s="3"/>
       <c r="K54" s="3"/>
       <c r="L54" s="3"/>
       <c r="M54" s="3"/>
-    </row>
-[...4 lines deleted...]
-      <c r="D55" s="3"/>
+      <c r="N54" s="3"/>
+    </row>
+    <row r="55" spans="2:14" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="49"/>
+      <c r="C55" s="50"/>
+      <c r="D55" s="51"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="J55" s="3"/>
       <c r="K55" s="3"/>
       <c r="L55" s="3"/>
       <c r="M55" s="3"/>
-    </row>
-[...4 lines deleted...]
-      <c r="D56" s="3"/>
+      <c r="N55" s="3"/>
+    </row>
+    <row r="56" spans="2:14" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B56" s="49"/>
+      <c r="C56" s="50"/>
+      <c r="D56" s="51"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="J56" s="3"/>
       <c r="K56" s="3"/>
       <c r="L56" s="3"/>
       <c r="M56" s="3"/>
+      <c r="N56" s="3"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Y186h5SPHsTf9RYzGOg4vgi9vUN7xrSu2kn0KnpNyCaV8UMAf6AYapqjyVn6Exxk57rpcJAV5EJoYvXs8wyipQ==" saltValue="ht61YB/z7nG723bU+Sfzjw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...17 lines deleted...]
-    <mergeCell ref="A40:C40"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="qugMswaru4xo34JvdQC4GnK8AMPmRCY4wwAJwinaDxFSiTYH95MyIYBgOkYJFvf1MYRA8TGQm5g81NQpi2PZ/g==" saltValue="Vb7U8rvyA/lCDcg48U3VRw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="16">
+    <mergeCell ref="B41:B42"/>
+    <mergeCell ref="B45:B46"/>
+    <mergeCell ref="B49:B50"/>
+    <mergeCell ref="B40:D40"/>
+    <mergeCell ref="B3:C5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="B8:C10"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="B14:B15"/>
+    <mergeCell ref="B34:B35"/>
+    <mergeCell ref="B26:B27"/>
+    <mergeCell ref="B30:B31"/>
+    <mergeCell ref="B22:B23"/>
+    <mergeCell ref="B18:B19"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <conditionalFormatting sqref="A16 A20 A24 A28 A32 A36">
-[...1 lines deleted...]
-      <formula>$D$13=6</formula>
+  <conditionalFormatting sqref="B16 B20 B24 B28 B32 B36">
+    <cfRule type="expression" dxfId="86" priority="41">
+      <formula>$E$13=6</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A43 A47 A51">
-[...1 lines deleted...]
-      <formula>$D$40=3</formula>
+  <conditionalFormatting sqref="B43 B47 B51">
+    <cfRule type="expression" dxfId="85" priority="40">
+      <formula>$E$40=3</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C3">
-[...1 lines deleted...]
-      <formula>$C$3=""</formula>
+  <conditionalFormatting sqref="D3">
+    <cfRule type="expression" dxfId="84" priority="58" stopIfTrue="1">
+      <formula>$D$3=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C5">
-[...1 lines deleted...]
-      <formula>AND($C$3="その他",COUNTA($C$5)=0)</formula>
+  <conditionalFormatting sqref="D5">
+    <cfRule type="expression" dxfId="83" priority="39">
+      <formula>AND($D$3="その他",COUNTA($D$5)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C8">
-[...1 lines deleted...]
-      <formula>$C$8=""</formula>
+  <conditionalFormatting sqref="D8">
+    <cfRule type="expression" dxfId="82" priority="57" stopIfTrue="1">
+      <formula>$D$8=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C10">
-[...1 lines deleted...]
-      <formula>AND($C$8="その他",COUNTA($C$10)=0)</formula>
+  <conditionalFormatting sqref="D10">
+    <cfRule type="expression" dxfId="81" priority="38">
+      <formula>AND($D$8="その他",COUNTA($D$10)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C14">
-[...1 lines deleted...]
-      <formula>AND($A$16&lt;&gt;"選択してください。",COUNTA($C$14)=0)</formula>
+  <conditionalFormatting sqref="D14">
+    <cfRule type="expression" dxfId="80" priority="37">
+      <formula>AND($B$16&lt;&gt;"選択してください。",COUNTA($D$14)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C15">
-[...1 lines deleted...]
-      <formula>AND($A$16&lt;&gt;"選択してください。",COUNTA($C$15)=0)</formula>
+  <conditionalFormatting sqref="D15">
+    <cfRule type="expression" dxfId="79" priority="35">
+      <formula>AND($B$16&lt;&gt;"選択してください。",COUNTA($D$15)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C16">
-[...1 lines deleted...]
-      <formula>AND($A$16&lt;&gt;"選択してください。",COUNTA($C$16)=0)</formula>
+  <conditionalFormatting sqref="D16">
+    <cfRule type="expression" dxfId="78" priority="34">
+      <formula>AND($B$16&lt;&gt;"選択してください。",COUNTA($D$16)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C17">
-[...1 lines deleted...]
-      <formula>AND($A$16&lt;&gt;"選択してください。",COUNTA($C$17)=0)</formula>
+  <conditionalFormatting sqref="D17">
+    <cfRule type="expression" dxfId="77" priority="33">
+      <formula>AND($B$16&lt;&gt;"選択してください。",COUNTA($D$17)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C18">
-[...1 lines deleted...]
-      <formula>AND($A$20&lt;&gt;"選択してください。",COUNTA($C$18)=0)</formula>
+  <conditionalFormatting sqref="D18">
+    <cfRule type="expression" dxfId="76" priority="32">
+      <formula>AND($B$20&lt;&gt;"選択してください。",COUNTA($D$18)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C19">
-[...1 lines deleted...]
-      <formula>AND($A$20&lt;&gt;"選択してください。",COUNTA($C$19)=0)</formula>
+  <conditionalFormatting sqref="D19">
+    <cfRule type="expression" dxfId="75" priority="31">
+      <formula>AND($B$20&lt;&gt;"選択してください。",COUNTA($D$19)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C20">
-[...1 lines deleted...]
-      <formula>AND($A$20&lt;&gt;"選択してください。",COUNTA($C$20)=0)</formula>
+  <conditionalFormatting sqref="D20">
+    <cfRule type="expression" dxfId="74" priority="30">
+      <formula>AND($B$20&lt;&gt;"選択してください。",COUNTA($D$20)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C21">
-[...1 lines deleted...]
-      <formula>AND($A$20&lt;&gt;"選択してください。",COUNTA($C$21)=0)</formula>
+  <conditionalFormatting sqref="D21">
+    <cfRule type="expression" dxfId="73" priority="29">
+      <formula>AND($B$20&lt;&gt;"選択してください。",COUNTA($D$21)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C22">
-[...1 lines deleted...]
-      <formula>AND($A$24&lt;&gt;"選択してください。",COUNTA($C$21)=0)</formula>
+  <conditionalFormatting sqref="D22">
+    <cfRule type="expression" dxfId="72" priority="28">
+      <formula>AND($B$24&lt;&gt;"選択してください。",COUNTA($D$21)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C23">
-[...1 lines deleted...]
-      <formula>AND($A$24&lt;&gt;"選択してください。",COUNTA($C$22)=0)</formula>
+  <conditionalFormatting sqref="D23">
+    <cfRule type="expression" dxfId="71" priority="27">
+      <formula>AND($B$24&lt;&gt;"選択してください。",COUNTA($D$22)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C24">
-[...1 lines deleted...]
-      <formula>AND($A$24&lt;&gt;"選択してください。",COUNTA($C$24)=0)</formula>
+  <conditionalFormatting sqref="D24">
+    <cfRule type="expression" dxfId="70" priority="26">
+      <formula>AND($B$24&lt;&gt;"選択してください。",COUNTA($D$24)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C25">
-[...1 lines deleted...]
-      <formula>AND($A$24&lt;&gt;"選択してください。",COUNTA($C$25)=0)</formula>
+  <conditionalFormatting sqref="D25">
+    <cfRule type="expression" dxfId="69" priority="25">
+      <formula>AND($B$24&lt;&gt;"選択してください。",COUNTA($D$25)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C26">
-[...1 lines deleted...]
-      <formula>AND($A$28&lt;&gt;"選択してください。",COUNTA($C$26)=0)</formula>
+  <conditionalFormatting sqref="D26">
+    <cfRule type="expression" dxfId="68" priority="24">
+      <formula>AND($B$28&lt;&gt;"選択してください。",COUNTA($D$26)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C27">
-[...1 lines deleted...]
-      <formula>AND($A$28&lt;&gt;"選択してください。",COUNTA($C$27)=0)</formula>
+  <conditionalFormatting sqref="D27">
+    <cfRule type="expression" dxfId="67" priority="23">
+      <formula>AND($B$28&lt;&gt;"選択してください。",COUNTA($D$27)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C28">
-[...1 lines deleted...]
-      <formula>AND($A$28&lt;&gt;"選択してください。",COUNTA($C$28)=0)</formula>
+  <conditionalFormatting sqref="D28">
+    <cfRule type="expression" dxfId="66" priority="22">
+      <formula>AND($B$28&lt;&gt;"選択してください。",COUNTA($D$28)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C29">
-[...1 lines deleted...]
-      <formula>AND($A$28&lt;&gt;"選択してください。",COUNTA($C$29)=0)</formula>
+  <conditionalFormatting sqref="D29">
+    <cfRule type="expression" dxfId="65" priority="21">
+      <formula>AND($B$28&lt;&gt;"選択してください。",COUNTA($D$29)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C30">
-[...1 lines deleted...]
-      <formula>AND($A$32&lt;&gt;"選択してください。",COUNTA($C$30)=0)</formula>
+  <conditionalFormatting sqref="D30">
+    <cfRule type="expression" dxfId="64" priority="20">
+      <formula>AND($B$32&lt;&gt;"選択してください。",COUNTA($D$30)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C31">
-[...1 lines deleted...]
-      <formula>AND($A$32&lt;&gt;"選択してください。",COUNTA($C$31)=0)</formula>
+  <conditionalFormatting sqref="D31">
+    <cfRule type="expression" dxfId="63" priority="19">
+      <formula>AND($B$32&lt;&gt;"選択してください。",COUNTA($D$31)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C32">
-[...1 lines deleted...]
-      <formula>AND($A$32&lt;&gt;"選択してください。",COUNTA($C$32)=0)</formula>
+  <conditionalFormatting sqref="D32">
+    <cfRule type="expression" dxfId="62" priority="18">
+      <formula>AND($B$32&lt;&gt;"選択してください。",COUNTA($D$32)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C33">
-[...1 lines deleted...]
-      <formula>AND($A$32&lt;&gt;"選択してください。",COUNTA($C$33)=0)</formula>
+  <conditionalFormatting sqref="D33">
+    <cfRule type="expression" dxfId="61" priority="17">
+      <formula>AND($B$32&lt;&gt;"選択してください。",COUNTA($D$33)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C34">
-[...1 lines deleted...]
-      <formula>AND($A$36&lt;&gt;"選択してください。",COUNTA($C$34)=0)</formula>
+  <conditionalFormatting sqref="D34">
+    <cfRule type="expression" dxfId="60" priority="16">
+      <formula>AND($B$36&lt;&gt;"選択してください。",COUNTA($D$34)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C35">
-[...1 lines deleted...]
-      <formula>AND($A$36&lt;&gt;"選択してください。",COUNTA($C$35)=0)</formula>
+  <conditionalFormatting sqref="D35">
+    <cfRule type="expression" dxfId="59" priority="15">
+      <formula>AND($B$36&lt;&gt;"選択してください。",COUNTA($D$35)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C36">
-[...1 lines deleted...]
-      <formula>AND($A$36&lt;&gt;"選択してください。",COUNTA($C$36)=0)</formula>
+  <conditionalFormatting sqref="D36">
+    <cfRule type="expression" dxfId="58" priority="14">
+      <formula>AND($B$36&lt;&gt;"選択してください。",COUNTA($D$36)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C37">
-[...1 lines deleted...]
-      <formula>AND($A$36&lt;&gt;"選択してください。",COUNTA($C$37)=0)</formula>
+  <conditionalFormatting sqref="D37">
+    <cfRule type="expression" dxfId="57" priority="13">
+      <formula>AND($B$36&lt;&gt;"選択してください。",COUNTA($D$37)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C42">
-[...1 lines deleted...]
-      <formula>AND($A$43&lt;&gt;"選択してください。",COUNTA($C$42)=0)</formula>
+  <conditionalFormatting sqref="D42">
+    <cfRule type="expression" dxfId="56" priority="12">
+      <formula>AND($B$43&lt;&gt;"選択してください。",COUNTA($D$42)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C43">
-[...1 lines deleted...]
-      <formula>AND($A$43&lt;&gt;"選択してください。",COUNTA($C$43)=0)</formula>
+  <conditionalFormatting sqref="D43">
+    <cfRule type="expression" dxfId="55" priority="11">
+      <formula>AND($B$43&lt;&gt;"選択してください。",COUNTA($D$43)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C44">
-[...1 lines deleted...]
-      <formula>AND($A$43&lt;&gt;"選択してください。",COUNTA($C$44)=0)</formula>
+  <conditionalFormatting sqref="D44">
+    <cfRule type="expression" dxfId="54" priority="10">
+      <formula>AND($B$43&lt;&gt;"選択してください。",COUNTA($D$44)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C46">
-[...1 lines deleted...]
-      <formula>AND($A$47&lt;&gt;"選択してください。",COUNTA($C$46)=0)</formula>
+  <conditionalFormatting sqref="D46">
+    <cfRule type="expression" dxfId="53" priority="9">
+      <formula>AND($B$47&lt;&gt;"選択してください。",COUNTA($D$46)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C47">
-[...1 lines deleted...]
-      <formula>AND($A$47&lt;&gt;"選択してください。",COUNTA($C$47)=0)</formula>
+  <conditionalFormatting sqref="D47">
+    <cfRule type="expression" dxfId="52" priority="8">
+      <formula>AND($B$47&lt;&gt;"選択してください。",COUNTA($D$47)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C48">
-[...1 lines deleted...]
-      <formula>AND($A$47&lt;&gt;"選択してください。",COUNTA($C$48)=0)</formula>
+  <conditionalFormatting sqref="D48">
+    <cfRule type="expression" dxfId="51" priority="7">
+      <formula>AND($B$47&lt;&gt;"選択してください。",COUNTA($D$48)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C50">
-[...1 lines deleted...]
-      <formula>AND($A$51&lt;&gt;"選択してください。",COUNTA($C$50)=0)</formula>
+  <conditionalFormatting sqref="D50">
+    <cfRule type="expression" dxfId="50" priority="6">
+      <formula>AND($B$51&lt;&gt;"選択してください。",COUNTA($D$50)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C51">
-[...1 lines deleted...]
-      <formula>AND($A$51&lt;&gt;"選択してください。",COUNTA($C$51)=0)</formula>
+  <conditionalFormatting sqref="D51">
+    <cfRule type="expression" dxfId="49" priority="5">
+      <formula>AND($B$51&lt;&gt;"選択してください。",COUNTA($D$51)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C52">
-[...1 lines deleted...]
-      <formula>AND($A$51&lt;&gt;"選択してください。",COUNTA($C$52)=0)</formula>
+  <conditionalFormatting sqref="D52">
+    <cfRule type="expression" dxfId="48" priority="4">
+      <formula>AND($B$51&lt;&gt;"選択してください。",COUNTA($D$52)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="6">
-    <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C14:C16 C19:C20 C23:C24 C46:C47 C50:C51 C42:C43" xr:uid="{DC1C27EC-1987-4D32-AEA2-CB40724A56E2}"/>
-[...2 lines deleted...]
-      <formula1>AND(COUNTIF(C17,"*@*"),LEN(C17)=LENB(C17))</formula1>
+    <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D14:D16 D19:D20 D23:D24 D46:D47 D50:D51 D42:D43" xr:uid="{DC1C27EC-1987-4D32-AEA2-CB40724A56E2}"/>
+    <dataValidation imeMode="on" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D22 D18 D26:D39 D53:D56 D41 D45 D49" xr:uid="{60605E35-5826-4A70-B006-9B6C1BDCD124}"/>
+    <dataValidation type="custom" imeMode="disabled" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="電子メール アドレスを入力してください 。(例:test.user@mind.co.jp)" sqref="D17 D25 D21 D44 D52 D48" xr:uid="{798DB335-C94B-4A2C-805F-AA556CF462F8}">
+      <formula1>AND(COUNTIF(D17,"*@*"),LEN(D17)=LENB(D17))</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A16 A32 A20 A24 A28 A36 A43 A47 A51" xr:uid="{1DC382C6-2FE0-460A-94C9-048734F3F459}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B16 B32 B20 B24 B28 B36 B43 B47 B51" xr:uid="{1DC382C6-2FE0-460A-94C9-048734F3F459}">
       <formula1>"選択してください。,追加,削除,変更なし"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C3" xr:uid="{C7DB3B38-E533-4AD1-A126-B2CE1495728D}">
-      <formula1>$Q$1:$Q$6</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D3" xr:uid="{C7DB3B38-E533-4AD1-A126-B2CE1495728D}">
+      <formula1>$R$2:$R$7</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8" xr:uid="{B227E182-A476-42A2-98ED-E2C41CAD2665}">
-      <formula1>$T$1:$T$3</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D8" xr:uid="{B227E182-A476-42A2-98ED-E2C41CAD2665}">
+      <formula1>$U$2:$U$4</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="76801" r:id="rId4" name="Group Box 1">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>809625</xdr:colOff>
                     <xdr:row>2</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="76802" r:id="rId5" name="Group Box 2">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>762000</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2819400</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="76803" r:id="rId6" name="Group Box 3">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>762000</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2819400</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="76804" r:id="rId7" name="Group Box 4">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>762000</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2895600</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="76805" r:id="rId8" name="Group Box 5">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>904875</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="76806" r:id="rId9" name="Group Box 6">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>904875</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="76810" r:id="rId10" name="Group Box 10">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>809625</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
                     <xdr:row>8</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="76812" r:id="rId11" name="Group Box 12">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>809625</xdr:colOff>
                     <xdr:row>7</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>38100</xdr:rowOff>
+                    <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="76814" r:id="rId12" name="Group Box 14">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>809625</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
-                    <xdr:row>11</xdr:row>
-                    <xdr:rowOff>781050</xdr:rowOff>
+                    <xdr:row>12</xdr:row>
+                    <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="76816" r:id="rId13" name="Group Box 16">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>809625</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
-                    <xdr:row>11</xdr:row>
-                    <xdr:rowOff>771525</xdr:rowOff>
+                    <xdr:row>12</xdr:row>
+                    <xdr:rowOff>28575</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8E11DE9B-38ED-4EAC-B301-A7C1EA7875F4}">
-  <sheetPr codeName="Sheet4">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A18CFEC1-5AB5-4153-8013-901309AED80B}">
+  <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L30"/>
+  <dimension ref="A1:M31"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.5" style="3" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="16384" width="9" style="3" hidden="1"/>
+    <col min="1" max="1" width="3.125" style="8" customWidth="1"/>
+    <col min="2" max="2" width="11.5" style="8" customWidth="1"/>
+    <col min="3" max="3" width="20.875" style="8" customWidth="1"/>
+    <col min="4" max="4" width="11.5" style="8" customWidth="1"/>
+    <col min="5" max="5" width="15.5" style="8" customWidth="1"/>
+    <col min="6" max="6" width="13.5" style="8" customWidth="1"/>
+    <col min="7" max="7" width="16.5" style="8" customWidth="1"/>
+    <col min="8" max="8" width="8.5" style="8" customWidth="1"/>
+    <col min="9" max="9" width="21.5" style="8" customWidth="1"/>
+    <col min="10" max="10" width="16.625" style="8" customWidth="1"/>
+    <col min="11" max="11" width="3.125" style="8" customWidth="1"/>
+    <col min="12" max="13" width="5.5" style="8" hidden="1" customWidth="1"/>
+    <col min="14" max="16384" width="9" style="8" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...27 lines deleted...]
-      <c r="J2" s="3"/>
+    <row r="1" spans="2:12" ht="15.75" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:12" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="4"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="6"/>
+      <c r="I2" s="6"/>
+      <c r="J2" s="7" t="s">
+        <v>67</v>
+      </c>
       <c r="K2" s="3"/>
-    </row>
-[...9 lines deleted...]
-      <c r="I3" s="45">
+      <c r="L2" s="8"/>
+    </row>
+    <row r="3" spans="2:12" s="9" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B3" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="H3" s="12"/>
+      <c r="I3" s="12"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="8"/>
+    </row>
+    <row r="4" spans="2:12" s="9" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B4" s="14"/>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3"/>
+      <c r="E4" s="15"/>
+      <c r="F4" s="15"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="17"/>
+      <c r="I4" s="17"/>
+      <c r="J4" s="18">
         <v>1</v>
       </c>
-      <c r="J3" s="46">
+      <c r="K4" s="19">
         <v>1</v>
       </c>
-      <c r="K3" s="3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+      <c r="L4" s="8"/>
+    </row>
+    <row r="5" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="85"/>
-[...1 lines deleted...]
-      <c r="D4" s="97" t="s">
+      <c r="C5" s="20"/>
+      <c r="D5" s="5"/>
+      <c r="E5" s="5"/>
+      <c r="F5" s="16"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+      <c r="J5" s="73" t="s">
         <v>1</v>
       </c>
-      <c r="E4" s="98"/>
-[...4 lines deleted...]
-      <c r="J4" s="21">
+      <c r="K5" s="21">
         <v>1</v>
       </c>
-      <c r="K4" s="3"/>
-[...25 lines deleted...]
-      <c r="I7" s="27">
+      <c r="L5" s="8"/>
+    </row>
+    <row r="6" spans="2:12" s="9" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="74"/>
+      <c r="C6" s="76"/>
+      <c r="D6" s="5"/>
+      <c r="E6" s="5"/>
+      <c r="F6" s="16"/>
+      <c r="G6" s="5"/>
+      <c r="H6" s="5"/>
+      <c r="I6" s="5"/>
+      <c r="J6" s="22"/>
+      <c r="K6" s="3"/>
+    </row>
+    <row r="7" spans="2:12" s="9" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B7" s="130"/>
+      <c r="C7" s="131"/>
+      <c r="D7" s="132"/>
+      <c r="E7" s="5"/>
+      <c r="F7" s="16"/>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+      <c r="J7" s="23"/>
+      <c r="K7" s="3"/>
+    </row>
+    <row r="8" spans="2:12" s="26" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B8" s="44" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="24"/>
+      <c r="H8" s="24"/>
+      <c r="I8" s="24"/>
+      <c r="J8" s="25">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="102" t="s">
+      <c r="K8" s="24"/>
+    </row>
+    <row r="9" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="133" t="s">
         <v>2</v>
       </c>
-      <c r="B8" s="103"/>
-[...8 lines deleted...]
-      <c r="I8" s="29" t="s">
+      <c r="C9" s="134"/>
+      <c r="D9" s="81" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" s="98"/>
+      <c r="F9" s="98"/>
+      <c r="G9" s="98"/>
+      <c r="H9" s="98"/>
+      <c r="I9" s="99"/>
+      <c r="J9" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="J8" s="3"/>
-[...2 lines deleted...]
-      <c r="A9" s="104" t="s">
+      <c r="K9" s="3"/>
+    </row>
+    <row r="10" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="135" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="105"/>
-[...33 lines deleted...]
-      <c r="A11" s="128" t="s">
+      <c r="C10" s="136"/>
+      <c r="D10" s="109">
+        <v>46091</v>
+      </c>
+      <c r="E10" s="110"/>
+      <c r="F10" s="111"/>
+      <c r="G10" s="105" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" s="106"/>
+      <c r="I10" s="114">
+        <f>IF($D$11="","",DATE(YEAR($D$11),MONTH($D$11)+1,1))</f>
+        <v>46113</v>
+      </c>
+      <c r="J10" s="115"/>
+      <c r="K10" s="3"/>
+    </row>
+    <row r="11" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="137" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="138"/>
+      <c r="D11" s="112">
+        <v>46097</v>
+      </c>
+      <c r="E11" s="113"/>
+      <c r="F11" s="113"/>
+      <c r="G11" s="107"/>
+      <c r="H11" s="108"/>
+      <c r="I11" s="116"/>
+      <c r="J11" s="117"/>
+      <c r="K11" s="3"/>
+    </row>
+    <row r="12" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="118" t="s">
         <v>5</v>
       </c>
-      <c r="B11" s="129"/>
-[...10 lines deleted...]
-      <c r="A12" s="131" t="s">
+      <c r="C12" s="119"/>
+      <c r="D12" s="119"/>
+      <c r="E12" s="119"/>
+      <c r="F12" s="119"/>
+      <c r="G12" s="119"/>
+      <c r="H12" s="119"/>
+      <c r="I12" s="119"/>
+      <c r="J12" s="120"/>
+      <c r="K12" s="3"/>
+    </row>
+    <row r="13" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="121" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="132"/>
-[...11 lines deleted...]
-        <f>IF(I3=2,"利用者"&amp;CHAR(10)&amp;"(必須)","申込者"&amp;CHAR(10)&amp;"(必須)")</f>
+      <c r="C13" s="122"/>
+      <c r="D13" s="123"/>
+      <c r="E13" s="123"/>
+      <c r="F13" s="123"/>
+      <c r="G13" s="123"/>
+      <c r="H13" s="123"/>
+      <c r="I13" s="123"/>
+      <c r="J13" s="124"/>
+      <c r="K13" s="3"/>
+    </row>
+    <row r="14" spans="2:12" s="9" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="139" t="str">
+        <f>IF(J4=2,"利用者"&amp;CHAR(10)&amp;"(必須)","申込者"&amp;CHAR(10)&amp;"(必須)")</f>
         <v>申込者
 (必須)</v>
       </c>
-      <c r="B13" s="113" t="s">
+      <c r="C14" s="85" t="s">
         <v>7</v>
       </c>
-      <c r="C13" s="157" t="s">
-[...7 lines deleted...]
-      <c r="I13" s="30" t="s">
+      <c r="D14" s="100" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" s="87"/>
+      <c r="F14" s="87"/>
+      <c r="G14" s="87"/>
+      <c r="H14" s="87"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="28" t="s">
         <v>9</v>
       </c>
-      <c r="J13" s="3"/>
-[...17 lines deleted...]
-      <c r="B15" s="32" t="s">
+      <c r="K14" s="3"/>
+    </row>
+    <row r="15" spans="2:12" s="9" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="140"/>
+      <c r="C15" s="104"/>
+      <c r="D15" s="101" t="s">
+        <v>71</v>
+      </c>
+      <c r="E15" s="102"/>
+      <c r="F15" s="102"/>
+      <c r="G15" s="102"/>
+      <c r="H15" s="102"/>
+      <c r="I15" s="103"/>
+      <c r="J15" s="29"/>
+      <c r="K15" s="3"/>
+    </row>
+    <row r="16" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="140"/>
+      <c r="C16" s="30" t="s">
         <v>10</v>
       </c>
-      <c r="C15" s="151" t="s">
-[...12 lines deleted...]
-      <c r="B16" s="32" t="s">
+      <c r="D16" s="81" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" s="82"/>
+      <c r="F16" s="82"/>
+      <c r="G16" s="82"/>
+      <c r="H16" s="82"/>
+      <c r="I16" s="82"/>
+      <c r="J16" s="83"/>
+      <c r="K16" s="3"/>
+    </row>
+    <row r="17" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="140"/>
+      <c r="C17" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="C16" s="151" t="s">
-[...12 lines deleted...]
-      <c r="B17" s="33" t="s">
+      <c r="D17" s="81" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" s="82"/>
+      <c r="F17" s="82"/>
+      <c r="G17" s="82"/>
+      <c r="H17" s="82"/>
+      <c r="I17" s="82"/>
+      <c r="J17" s="83"/>
+      <c r="K17" s="3"/>
+    </row>
+    <row r="18" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="140"/>
+      <c r="C18" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="C17" s="151" t="s">
-[...12 lines deleted...]
-      <c r="B18" s="142" t="s">
+      <c r="D18" s="81" t="s">
+        <v>73</v>
+      </c>
+      <c r="E18" s="82"/>
+      <c r="F18" s="82"/>
+      <c r="G18" s="82"/>
+      <c r="H18" s="82"/>
+      <c r="I18" s="82"/>
+      <c r="J18" s="83"/>
+      <c r="K18" s="3"/>
+    </row>
+    <row r="19" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="140"/>
+      <c r="C19" s="84" t="s">
         <v>13</v>
       </c>
-      <c r="C18" s="34" t="s">
+      <c r="D19" s="32" t="s">
         <v>14</v>
       </c>
-      <c r="D18" s="165" t="s">
-[...13 lines deleted...]
-      <c r="C19" s="36" t="s">
+      <c r="E19" s="86" t="s">
+        <v>75</v>
+      </c>
+      <c r="F19" s="87"/>
+      <c r="G19" s="87"/>
+      <c r="H19" s="87"/>
+      <c r="I19" s="87"/>
+      <c r="J19" s="88"/>
+      <c r="K19" s="33"/>
+      <c r="L19" s="8"/>
+    </row>
+    <row r="20" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="141"/>
+      <c r="C20" s="85"/>
+      <c r="D20" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="D19" s="160" t="s">
-[...26 lines deleted...]
-      <c r="A21" s="135" t="s">
+      <c r="E20" s="89" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" s="90"/>
+      <c r="G20" s="90"/>
+      <c r="H20" s="90"/>
+      <c r="I20" s="90"/>
+      <c r="J20" s="91"/>
+      <c r="K20" s="33"/>
+      <c r="L20" s="8"/>
+    </row>
+    <row r="21" spans="2:12" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="79" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="80"/>
+      <c r="D21" s="81"/>
+      <c r="E21" s="82"/>
+      <c r="F21" s="82"/>
+      <c r="G21" s="82"/>
+      <c r="H21" s="82"/>
+      <c r="I21" s="82"/>
+      <c r="J21" s="83"/>
+      <c r="K21" s="35"/>
+      <c r="L21" s="8"/>
+    </row>
+    <row r="22" spans="2:12" s="9" customFormat="1" ht="133.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="125" t="s">
         <v>16</v>
       </c>
-      <c r="B21" s="136"/>
-[...11 lines deleted...]
-      <c r="A22" s="191" t="s">
+      <c r="C22" s="126"/>
+      <c r="D22" s="127"/>
+      <c r="E22" s="128"/>
+      <c r="F22" s="128"/>
+      <c r="G22" s="128"/>
+      <c r="H22" s="128"/>
+      <c r="I22" s="128"/>
+      <c r="J22" s="129"/>
+      <c r="K22" s="33"/>
+      <c r="L22" s="8"/>
+    </row>
+    <row r="23" spans="2:12" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="56" t="s">
         <v>17</v>
       </c>
-      <c r="B22" s="38"/>
-[...10 lines deleted...]
-      <c r="A23" s="192" t="s">
+      <c r="C23" s="36"/>
+      <c r="D23" s="37"/>
+      <c r="E23" s="37"/>
+      <c r="F23" s="37"/>
+      <c r="G23" s="37"/>
+      <c r="H23" s="38"/>
+      <c r="I23" s="38"/>
+      <c r="J23" s="5"/>
+      <c r="K23" s="3"/>
+      <c r="L23" s="8"/>
+    </row>
+    <row r="24" spans="2:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="57" t="s">
         <v>18</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="48" t="s">
+      <c r="C24" s="3"/>
+      <c r="D24" s="3"/>
+      <c r="E24" s="3"/>
+      <c r="F24" s="3"/>
+      <c r="G24" s="3"/>
+      <c r="H24" s="3"/>
+      <c r="I24" s="3"/>
+      <c r="J24" s="3"/>
+      <c r="K24" s="3"/>
+    </row>
+    <row r="25" spans="2:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="39" t="s">
         <v>19</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="A26" s="78" t="s">
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
+      <c r="J25" s="3"/>
+      <c r="K25" s="3"/>
+    </row>
+    <row r="26" spans="2:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="3"/>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+    </row>
+    <row r="27" spans="2:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="92" t="s">
         <v>20</v>
       </c>
-      <c r="B26" s="42" t="s">
+      <c r="C27" s="40" t="s">
         <v>21</v>
       </c>
-      <c r="C26" s="147"/>
-[...4 lines deleted...]
-      <c r="B27" s="43" t="s">
+      <c r="D27" s="94"/>
+      <c r="E27" s="95"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+    </row>
+    <row r="28" spans="2:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="93"/>
+      <c r="C28" s="41" t="s">
         <v>22</v>
       </c>
-      <c r="C27" s="149"/>
-[...4 lines deleted...]
-    <row r="30" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="D28" s="96"/>
+      <c r="E28" s="97"/>
+      <c r="F28" s="3"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="3"/>
+      <c r="I28" s="3"/>
+      <c r="J28" s="3"/>
+      <c r="K28" s="3"/>
+    </row>
+    <row r="29" spans="2:12" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="30" spans="2:12" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="31" spans="2:12" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="hmbKpmRzPvwWqUGIFHh0eSiZxn74diIESrzQR+EMpYD1/2pFFJ7liS2TSewmfUIqHg6TpOXQaTtOmYfvL/fHMQ==" saltValue="AEjri+HuO2BwR839OCedsg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...31 lines deleted...]
-    <mergeCell ref="C17:I17"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="wUdtIU6QOVOdNU84hh65BZ6+Sk8cwcmnwK21PvudCKlEpiMAe4rBLZNXJ3bGjXScWqZR9uLZ2ctTz1lpsLoNzA==" saltValue="BUknaByQxFspFwWU9zYyfw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="28">
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="D9:I9"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="D10:F10"/>
+    <mergeCell ref="G10:H11"/>
+    <mergeCell ref="I10:J11"/>
+    <mergeCell ref="B11:C11"/>
+    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="B12:J12"/>
+    <mergeCell ref="B13:J13"/>
+    <mergeCell ref="B14:B20"/>
+    <mergeCell ref="C14:C15"/>
+    <mergeCell ref="D14:I14"/>
+    <mergeCell ref="D15:I15"/>
+    <mergeCell ref="D16:J16"/>
+    <mergeCell ref="D17:J17"/>
+    <mergeCell ref="D18:J18"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="B27:B28"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="E19:J19"/>
+    <mergeCell ref="E20:J20"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="D21:J21"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="D22:J22"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <conditionalFormatting sqref="C9">
-    <cfRule type="cellIs" dxfId="48" priority="12" operator="equal">
+  <conditionalFormatting sqref="D10">
+    <cfRule type="cellIs" dxfId="47" priority="9" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C10">
-[...1 lines deleted...]
-      <formula>$C$10=""</formula>
+  <conditionalFormatting sqref="D11">
+    <cfRule type="expression" dxfId="46" priority="4">
+      <formula>$D$11=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C13">
-[...1 lines deleted...]
-      <formula>OR($C$13="",$C$13="〒")</formula>
+  <conditionalFormatting sqref="D14">
+    <cfRule type="expression" dxfId="45" priority="8">
+      <formula>OR($D$14="",$D$14="〒")</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C14 C15:I17">
-    <cfRule type="cellIs" dxfId="45" priority="10" operator="equal">
+  <conditionalFormatting sqref="D15 D16:J18">
+    <cfRule type="cellIs" dxfId="44" priority="7" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C19">
-[...1 lines deleted...]
-      <formula>$D$19=""</formula>
+  <conditionalFormatting sqref="D19:J19">
+    <cfRule type="expression" dxfId="43" priority="6">
+      <formula>$E$19=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C18:I18">
-[...1 lines deleted...]
-      <formula>$D$18=""</formula>
+  <conditionalFormatting sqref="D20:J20">
+    <cfRule type="expression" dxfId="42" priority="5">
+      <formula>$E$20=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C20:I20">
-[...1 lines deleted...]
-      <formula>OR($J$3=1,$J$3=2)</formula>
+  <conditionalFormatting sqref="D21:J21">
+    <cfRule type="expression" dxfId="41" priority="1">
+      <formula>OR($K$4=3,$K$4=4,$K$4=5)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="40" priority="3">
+      <formula>OR($K$4=1,$K$4=2)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D19">
-[...1 lines deleted...]
-      <formula>""</formula>
+  <conditionalFormatting sqref="J14:J15">
+    <cfRule type="expression" dxfId="39" priority="2">
+      <formula>$J$15=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I13:I14">
-[...8 lines deleted...]
-      <formula1>AND(COUNTIF(D19,"*@*"),LEN(D19)=LENB(D19))</formula1>
+  <dataValidations count="5">
+    <dataValidation imeMode="on" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B27" xr:uid="{3B504D04-8D6C-4732-81D3-DA0D7E8EC18F}"/>
+    <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="サービス開通日" prompt="弊社記入欄" sqref="I10:J11" xr:uid="{E32FB21D-2C2B-49EC-8B80-E4A2D7083183}"/>
+    <dataValidation imeMode="off" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E4:G4 D22:D23 D19:D20 F5:F7" xr:uid="{6B5DD189-BAF6-474B-99E1-25012224FA77}"/>
+    <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B3 D3 D14:D18 D9:D11 D21 G10" xr:uid="{7AEC8E3E-CE4B-4DE9-95E9-3DDF18D89FA4}"/>
+    <dataValidation type="custom" imeMode="disabled" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="電子メール アドレスを入力してください 。(例:test.user@mind.co.jp)" sqref="E20:J20" xr:uid="{35698126-03D9-4D81-AA2A-6D4324C0CDAF}">
+      <formula1>AND(COUNTIF(E20,"*@*"),LEN(E20)=LENB(E20))</formula1>
     </dataValidation>
-    <dataValidation imeMode="on" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A26" xr:uid="{66D504DB-FCB2-49E3-80CB-9AA80D8223DA}"/>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A24" location="'基本情報・契約内容 '!A1" display="'基本情報・契約内容 '!A1" xr:uid="{EDE5E3BF-6276-4159-A7F6-D44F3D334051}"/>
-    <hyperlink ref="D19" r:id="rId1" xr:uid="{57344C02-299F-4D37-BCB1-176BD375D00C}"/>
+    <hyperlink ref="B25" location="'基本情報・契約内容 '!A1" display="'基本情報・契約内容 '!A1" xr:uid="{AED347B8-39D8-42C1-832D-6F4221A2E5E7}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="0.39370078740157483" bottom="0.31496062992125984" header="0.59055118110236227" footer="0.19685039370078741"/>
-  <pageSetup paperSize="9" scale="66" orientation="portrait" r:id="rId2"/>
+  <pageSetup paperSize="9" scale="66" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;R&amp;"ＭＳ Ｐ明朝,斜体"&amp;10MINDタイムスタンプサービス　-DiaStamp-　契約申込書   </oddFooter>
   </headerFooter>
-  <drawing r:id="rId3"/>
-  <legacyDrawing r:id="rId4"/>
+  <drawing r:id="rId2"/>
+  <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="62466" r:id="rId5" name="Option Button 2">
+            <control shapeId="83969" r:id="rId4" name="Option Button 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>4</xdr:col>
-[...1 lines deleted...]
-                    <xdr:row>4</xdr:row>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>333375</xdr:colOff>
+                    <xdr:row>5</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>5</xdr:col>
-[...1 lines deleted...]
-                    <xdr:row>4</xdr:row>
+                    <xdr:col>9</xdr:col>
+                    <xdr:colOff>1123950</xdr:colOff>
+                    <xdr:row>5</xdr:row>
                     <xdr:rowOff>266700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="62471" r:id="rId6" name="Option Button 7">
-[...21 lines deleted...]
-            <control shapeId="62470" r:id="rId7" name="Group Box 6">
+            <control shapeId="83970" r:id="rId5" name="Group Box 2">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>3</xdr:col>
+                    <xdr:col>4</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
-                    <xdr:row>3</xdr:row>
+                    <xdr:row>4</xdr:row>
                     <xdr:rowOff>238125</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>8</xdr:col>
+                    <xdr:col>9</xdr:col>
                     <xdr:colOff>933450</xdr:colOff>
-                    <xdr:row>5</xdr:row>
-                    <xdr:rowOff>28575</xdr:rowOff>
+                    <xdr:row>6</xdr:row>
+                    <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E67C74E2-DF34-46A4-954E-E68A8B731DA5}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A513A8CD-82CE-4FEA-9EDD-0E5E0A115F17}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U56"/>
+  <dimension ref="A1:V56"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="70" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" outlineLevelCol="3" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.875" style="3" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="17" max="16384" width="8.875" style="3" hidden="1"/>
+    <col min="1" max="1" width="3.125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="16.875" style="8" customWidth="1"/>
+    <col min="3" max="3" width="17.5" style="8" customWidth="1"/>
+    <col min="4" max="4" width="44.5" style="8" customWidth="1"/>
+    <col min="5" max="10" width="8.875" style="8" customWidth="1"/>
+    <col min="11" max="11" width="3.125" style="8" customWidth="1"/>
+    <col min="12" max="14" width="8.875" style="8" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="8.875" style="1" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="8.875" style="1" hidden="1" customWidth="1" outlineLevel="3"/>
+    <col min="17" max="17" width="8.875" style="1" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="18" max="16384" width="8.875" style="1" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="C2" s="49" t="s">
+    <row r="1" spans="2:22" ht="15.75" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="78" t="str">
+        <f>申込書!J2</f>
+        <v>ver2.7[web]</v>
+      </c>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="7"/>
+    </row>
+    <row r="3" spans="2:22" customFormat="1" ht="34.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="160" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" s="161"/>
+      <c r="D3" s="42" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="R3" t="s">
         <v>24</v>
       </c>
-      <c r="P2" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Q2" s="3" t="s">
+      <c r="S3" t="s">
         <v>25</v>
       </c>
-      <c r="R2" s="3" t="s">
+      <c r="T3" t="s">
         <v>26</v>
       </c>
-      <c r="S2" s="3" t="s">
+      <c r="U3" t="s">
         <v>27</v>
       </c>
-      <c r="T2" s="3" t="s">
-[...5 lines deleted...]
-      <c r="A3" s="175" t="s">
+      <c r="V3" s="2"/>
+    </row>
+    <row r="4" spans="2:22" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="148"/>
+      <c r="C4" s="154"/>
+      <c r="D4" s="77" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" s="3"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="3"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+      <c r="L4" s="3"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="3"/>
+      <c r="R4" t="s">
         <v>29</v>
       </c>
-      <c r="B3" s="176"/>
-      <c r="C3" s="49" t="s">
+      <c r="U4" t="s">
         <v>30</v>
       </c>
-      <c r="Q3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="T3" s="3" t="s">
+    </row>
+    <row r="5" spans="2:22" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="149"/>
+      <c r="C5" s="150"/>
+      <c r="D5" s="58"/>
+      <c r="E5" s="3"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="R5" t="s">
         <v>32</v>
       </c>
-      <c r="U3" s="50"/>
-[...4 lines deleted...]
-      <c r="C4" s="51" t="s">
+    </row>
+    <row r="6" spans="2:22" customFormat="1" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="151" t="s">
+        <v>78</v>
+      </c>
+      <c r="C6" s="151"/>
+      <c r="D6" s="43" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="44"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="3"/>
+      <c r="H6" s="3"/>
+      <c r="I6" s="3"/>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
+      <c r="L6" s="3"/>
+      <c r="M6" s="3"/>
+      <c r="N6" s="3"/>
+      <c r="R6" t="s">
         <v>33</v>
       </c>
-      <c r="Q4" s="3" t="s">
-[...7 lines deleted...]
-      <c r="Q5" s="3" t="s">
+    </row>
+    <row r="7" spans="2:22" customFormat="1" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="152" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" s="153"/>
+      <c r="D7" s="42" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="181" t="s">
+      <c r="E7" s="44"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="L7" s="3"/>
+      <c r="M7" s="3"/>
+      <c r="N7" s="3"/>
+      <c r="R7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="2:22" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="146" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" s="147"/>
+      <c r="D8" s="42" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" s="3"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="3"/>
+      <c r="H8" s="3"/>
+      <c r="I8" s="3"/>
+      <c r="J8" s="3"/>
+      <c r="K8" s="3"/>
+      <c r="L8" s="3"/>
+      <c r="M8" s="3"/>
+      <c r="N8" s="3"/>
+    </row>
+    <row r="9" spans="2:22" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="148"/>
+      <c r="C9" s="154"/>
+      <c r="D9" s="77" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="181"/>
-      <c r="C6" s="53" t="s">
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+      <c r="K9" s="3"/>
+      <c r="L9" s="3"/>
+      <c r="M9" s="3"/>
+      <c r="N9" s="3"/>
+    </row>
+    <row r="10" spans="2:22" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="155"/>
+      <c r="C10" s="156"/>
+      <c r="D10" s="58"/>
+      <c r="E10" s="3"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="3"/>
+      <c r="I10" s="3"/>
+      <c r="J10" s="3"/>
+      <c r="K10" s="3"/>
+      <c r="L10" s="3"/>
+      <c r="M10" s="3"/>
+      <c r="N10" s="3"/>
+    </row>
+    <row r="11" spans="2:22" customFormat="1" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="3"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="3"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="3"/>
+      <c r="I11" s="3"/>
+      <c r="J11" s="3"/>
+      <c r="K11" s="3"/>
+      <c r="L11" s="3"/>
+      <c r="M11" s="3"/>
+      <c r="N11" s="3"/>
+    </row>
+    <row r="12" spans="2:22" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="157" t="s">
         <v>37</v>
       </c>
-      <c r="D6" s="54"/>
-[...5 lines deleted...]
-      <c r="A7" s="182" t="s">
+      <c r="C12" s="157"/>
+      <c r="D12" s="157"/>
+      <c r="E12" s="3"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="3"/>
+      <c r="I12" s="3"/>
+      <c r="J12" s="3"/>
+      <c r="K12" s="3"/>
+      <c r="L12" s="3"/>
+      <c r="M12" s="3"/>
+      <c r="N12" s="3"/>
+    </row>
+    <row r="13" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B13" s="155" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" s="156"/>
+      <c r="D13" s="156"/>
+      <c r="E13" s="59">
+        <f>COUNTIF(B16:B36,"選択してください。")</f>
+        <v>5</v>
+      </c>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="3"/>
+      <c r="I13" s="3"/>
+      <c r="J13" s="3"/>
+      <c r="K13" s="3"/>
+      <c r="L13" s="3"/>
+      <c r="M13" s="3"/>
+      <c r="N13" s="3"/>
+    </row>
+    <row r="14" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B14" s="158" t="s">
         <v>38</v>
       </c>
-      <c r="B7" s="183"/>
-      <c r="C7" s="49" t="s">
+      <c r="C14" s="45" t="s">
         <v>39</v>
       </c>
-      <c r="D7" s="54"/>
-[...2 lines deleted...]
-      <c r="A8" s="175" t="s">
+      <c r="D14" s="60" t="s">
+        <v>72</v>
+      </c>
+      <c r="E14" s="3"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="3"/>
+      <c r="I14" s="3"/>
+      <c r="J14" s="3"/>
+      <c r="K14" s="3"/>
+      <c r="L14" s="3"/>
+      <c r="M14" s="3"/>
+      <c r="N14" s="3"/>
+    </row>
+    <row r="15" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B15" s="159"/>
+      <c r="C15" s="46" t="s">
         <v>40</v>
       </c>
-      <c r="B8" s="176"/>
-      <c r="C8" s="49" t="s">
+      <c r="D15" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
+      <c r="J15" s="3"/>
+      <c r="K15" s="3"/>
+      <c r="L15" s="3"/>
+      <c r="M15" s="3"/>
+      <c r="N15" s="3"/>
+    </row>
+    <row r="16" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B16" s="72" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" s="62" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
+      <c r="M16" s="3"/>
+      <c r="N16" s="3"/>
+    </row>
+    <row r="17" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B17" s="47"/>
+      <c r="C17" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" s="63" t="s">
+        <v>74</v>
+      </c>
+      <c r="E17" s="3"/>
+      <c r="F17" s="3"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="3"/>
+      <c r="I17" s="3"/>
+      <c r="J17" s="3"/>
+      <c r="K17" s="3"/>
+      <c r="L17" s="3"/>
+      <c r="M17" s="3"/>
+      <c r="N17" s="3"/>
+    </row>
+    <row r="18" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B18" s="158" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" s="64"/>
+      <c r="E18" s="3"/>
+      <c r="F18" s="3"/>
+      <c r="G18" s="3"/>
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
+      <c r="J18" s="3"/>
+      <c r="K18" s="3"/>
+      <c r="L18" s="3"/>
+      <c r="M18" s="3"/>
+      <c r="N18" s="3"/>
+    </row>
+    <row r="19" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B19" s="159"/>
+      <c r="C19" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" s="65"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+      <c r="M19" s="3"/>
+      <c r="N19" s="3"/>
+    </row>
+    <row r="20" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B20" s="72" t="s">
         <v>41</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C9" s="51" t="s">
+      <c r="C20" s="46" t="s">
         <v>42</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="A12" s="184" t="s">
+      <c r="D20" s="66"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+      <c r="M20" s="3"/>
+      <c r="N20" s="3"/>
+    </row>
+    <row r="21" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B21" s="47"/>
+      <c r="C21" s="48" t="s">
         <v>43</v>
       </c>
-      <c r="B12" s="184"/>
-[...3 lines deleted...]
-      <c r="A13" s="185" t="s">
+      <c r="D21" s="63"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="3"/>
+      <c r="I21" s="3"/>
+      <c r="J21" s="3"/>
+      <c r="K21" s="3"/>
+      <c r="L21" s="3"/>
+      <c r="M21" s="3"/>
+      <c r="N21" s="3"/>
+    </row>
+    <row r="22" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B22" s="158" t="s">
+        <v>45</v>
+      </c>
+      <c r="C22" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D22" s="64"/>
+      <c r="E22" s="3"/>
+      <c r="F22" s="3"/>
+      <c r="G22" s="3"/>
+      <c r="H22" s="3"/>
+      <c r="I22" s="3"/>
+      <c r="J22" s="3"/>
+      <c r="K22" s="3"/>
+      <c r="L22" s="3"/>
+      <c r="M22" s="3"/>
+      <c r="N22" s="3"/>
+    </row>
+    <row r="23" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B23" s="159"/>
+      <c r="C23" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" s="65"/>
+      <c r="E23" s="3"/>
+      <c r="F23" s="3"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="3"/>
+      <c r="I23" s="3"/>
+      <c r="J23" s="3"/>
+      <c r="K23" s="3"/>
+      <c r="L23" s="3"/>
+      <c r="M23" s="3"/>
+      <c r="N23" s="3"/>
+    </row>
+    <row r="24" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B24" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C24" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" s="66"/>
+      <c r="E24" s="3"/>
+      <c r="F24" s="3"/>
+      <c r="G24" s="3"/>
+      <c r="H24" s="3"/>
+      <c r="I24" s="3"/>
+      <c r="J24" s="3"/>
+      <c r="K24" s="3"/>
+      <c r="L24" s="3"/>
+      <c r="M24" s="3"/>
+      <c r="N24" s="3"/>
+    </row>
+    <row r="25" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B25" s="47"/>
+      <c r="C25" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" s="63"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
+      <c r="J25" s="3"/>
+      <c r="K25" s="3"/>
+      <c r="L25" s="3"/>
+      <c r="M25" s="3"/>
+      <c r="N25" s="3"/>
+    </row>
+    <row r="26" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B26" s="158" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D26" s="67"/>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+    </row>
+    <row r="27" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B27" s="159"/>
+      <c r="C27" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D27" s="68"/>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+    </row>
+    <row r="28" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B28" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C28" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D28" s="68"/>
+      <c r="E28" s="3"/>
+      <c r="F28" s="3"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="3"/>
+      <c r="I28" s="3"/>
+      <c r="J28" s="3"/>
+      <c r="K28" s="3"/>
+      <c r="L28" s="3"/>
+      <c r="M28" s="3"/>
+      <c r="N28" s="3"/>
+    </row>
+    <row r="29" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B29" s="47"/>
+      <c r="C29" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D29" s="63"/>
+      <c r="E29" s="3"/>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="3"/>
+      <c r="I29" s="3"/>
+      <c r="J29" s="3"/>
+      <c r="K29" s="3"/>
+      <c r="L29" s="3"/>
+      <c r="M29" s="3"/>
+      <c r="N29" s="3"/>
+    </row>
+    <row r="30" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B30" s="158" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D30" s="67"/>
+      <c r="E30" s="3"/>
+      <c r="F30" s="3"/>
+      <c r="G30" s="3"/>
+      <c r="H30" s="3"/>
+      <c r="I30" s="3"/>
+      <c r="J30" s="3"/>
+      <c r="K30" s="3"/>
+      <c r="L30" s="3"/>
+      <c r="M30" s="3"/>
+      <c r="N30" s="3"/>
+    </row>
+    <row r="31" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B31" s="159"/>
+      <c r="C31" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D31" s="68"/>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="3"/>
+      <c r="I31" s="3"/>
+      <c r="J31" s="3"/>
+      <c r="K31" s="3"/>
+      <c r="L31" s="3"/>
+      <c r="M31" s="3"/>
+      <c r="N31" s="3"/>
+    </row>
+    <row r="32" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B32" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C32" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D32" s="68"/>
+      <c r="E32" s="3"/>
+      <c r="F32" s="3"/>
+      <c r="G32" s="3"/>
+      <c r="H32" s="3"/>
+      <c r="I32" s="3"/>
+      <c r="J32" s="3"/>
+      <c r="K32" s="3"/>
+      <c r="L32" s="3"/>
+      <c r="M32" s="3"/>
+      <c r="N32" s="3"/>
+    </row>
+    <row r="33" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B33" s="47"/>
+      <c r="C33" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D33" s="63"/>
+      <c r="E33" s="3"/>
+      <c r="F33" s="3"/>
+      <c r="G33" s="3"/>
+      <c r="H33" s="3"/>
+      <c r="I33" s="3"/>
+      <c r="J33" s="3"/>
+      <c r="K33" s="3"/>
+      <c r="L33" s="3"/>
+      <c r="M33" s="3"/>
+      <c r="N33" s="3"/>
+    </row>
+    <row r="34" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B34" s="158" t="s">
+        <v>48</v>
+      </c>
+      <c r="C34" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="67"/>
+      <c r="E34" s="3"/>
+      <c r="F34" s="3"/>
+      <c r="G34" s="3"/>
+      <c r="H34" s="3"/>
+      <c r="I34" s="3"/>
+      <c r="J34" s="3"/>
+      <c r="K34" s="3"/>
+      <c r="L34" s="3"/>
+      <c r="M34" s="3"/>
+      <c r="N34" s="3"/>
+    </row>
+    <row r="35" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B35" s="159"/>
+      <c r="C35" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="D35" s="68"/>
+      <c r="E35" s="3"/>
+      <c r="F35" s="3"/>
+      <c r="G35" s="3"/>
+      <c r="H35" s="3"/>
+      <c r="I35" s="3"/>
+      <c r="J35" s="3"/>
+      <c r="K35" s="3"/>
+      <c r="L35" s="3"/>
+      <c r="M35" s="3"/>
+      <c r="N35" s="3"/>
+    </row>
+    <row r="36" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B36" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C36" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="D36" s="68"/>
+      <c r="E36" s="3"/>
+      <c r="F36" s="3"/>
+      <c r="G36" s="3"/>
+      <c r="H36" s="3"/>
+      <c r="I36" s="3"/>
+      <c r="J36" s="3"/>
+      <c r="K36" s="3"/>
+      <c r="L36" s="3"/>
+      <c r="M36" s="3"/>
+      <c r="N36" s="3"/>
+    </row>
+    <row r="37" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B37" s="47"/>
+      <c r="C37" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="D37" s="63"/>
+      <c r="E37" s="3"/>
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+      <c r="I37" s="3"/>
+      <c r="J37" s="3"/>
+      <c r="K37" s="3"/>
+      <c r="L37" s="3"/>
+      <c r="M37" s="3"/>
+      <c r="N37" s="3"/>
+    </row>
+    <row r="38" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B38" s="69"/>
+      <c r="C38" s="69"/>
+      <c r="D38" s="51"/>
+      <c r="E38" s="3"/>
+      <c r="F38" s="3"/>
+      <c r="G38" s="3"/>
+      <c r="H38" s="3"/>
+      <c r="I38" s="3"/>
+      <c r="J38" s="3"/>
+      <c r="K38" s="3"/>
+      <c r="L38" s="3"/>
+      <c r="M38" s="3"/>
+      <c r="N38" s="3"/>
+    </row>
+    <row r="39" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B39" s="70" t="s">
+        <v>49</v>
+      </c>
+      <c r="C39" s="50"/>
+      <c r="D39" s="51"/>
+      <c r="E39" s="3"/>
+      <c r="F39" s="3"/>
+      <c r="G39" s="3"/>
+      <c r="H39" s="3"/>
+      <c r="I39" s="3"/>
+      <c r="J39" s="3"/>
+      <c r="K39" s="3"/>
+      <c r="L39" s="3"/>
+      <c r="M39" s="3"/>
+      <c r="N39" s="3"/>
+    </row>
+    <row r="40" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B40" s="144" t="s">
+        <v>50</v>
+      </c>
+      <c r="C40" s="145"/>
+      <c r="D40" s="145"/>
+      <c r="E40" s="21">
+        <f>COUNTIF(B43:B51,"選択してください。")</f>
+        <v>2</v>
+      </c>
+      <c r="F40" s="3"/>
+      <c r="G40" s="3"/>
+      <c r="H40" s="3"/>
+      <c r="I40" s="3"/>
+      <c r="J40" s="3"/>
+      <c r="K40" s="3"/>
+      <c r="L40" s="3"/>
+      <c r="M40" s="3"/>
+      <c r="N40" s="3"/>
+    </row>
+    <row r="41" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B41" s="142" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" s="52" t="s">
+        <v>39</v>
+      </c>
+      <c r="D41" s="71" t="s">
+        <v>63</v>
+      </c>
+      <c r="E41" s="21"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3"/>
+      <c r="H41" s="3"/>
+      <c r="I41" s="3"/>
+      <c r="J41" s="3"/>
+      <c r="K41" s="3"/>
+      <c r="L41" s="3"/>
+      <c r="M41" s="3"/>
+      <c r="N41" s="3"/>
+    </row>
+    <row r="42" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B42" s="143"/>
+      <c r="C42" s="53" t="s">
+        <v>40</v>
+      </c>
+      <c r="D42" s="61" t="s">
+        <v>55</v>
+      </c>
+      <c r="E42" s="3"/>
+      <c r="F42" s="3"/>
+      <c r="G42" s="3"/>
+      <c r="H42" s="3"/>
+      <c r="I42" s="3"/>
+      <c r="J42" s="3"/>
+      <c r="K42" s="3"/>
+      <c r="L42" s="3"/>
+      <c r="M42" s="3"/>
+      <c r="N42" s="3"/>
+    </row>
+    <row r="43" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B43" s="72" t="s">
+        <v>51</v>
+      </c>
+      <c r="C43" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="D43" s="62" t="s">
+        <v>56</v>
+      </c>
+      <c r="E43" s="3"/>
+      <c r="F43" s="3"/>
+      <c r="G43" s="3"/>
+      <c r="H43" s="3"/>
+      <c r="I43" s="3"/>
+      <c r="J43" s="3"/>
+      <c r="K43" s="3"/>
+      <c r="L43" s="3"/>
+      <c r="M43" s="3"/>
+      <c r="N43" s="3"/>
+    </row>
+    <row r="44" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B44" s="54"/>
+      <c r="C44" s="55" t="s">
+        <v>43</v>
+      </c>
+      <c r="D44" s="63" t="s">
+        <v>76</v>
+      </c>
+      <c r="E44" s="3"/>
+      <c r="F44" s="3"/>
+      <c r="G44" s="3"/>
+      <c r="H44" s="3"/>
+      <c r="I44" s="3"/>
+      <c r="J44" s="3"/>
+      <c r="K44" s="3"/>
+      <c r="L44" s="3"/>
+      <c r="M44" s="3"/>
+      <c r="N44" s="3"/>
+    </row>
+    <row r="45" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B45" s="142" t="s">
         <v>44</v>
       </c>
-      <c r="B13" s="186"/>
-[...7 lines deleted...]
-      <c r="A14" s="171" t="s">
+      <c r="C45" s="52" t="s">
+        <v>39</v>
+      </c>
+      <c r="D45" s="71" t="s">
+        <v>63</v>
+      </c>
+      <c r="E45" s="3"/>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+      <c r="H45" s="3"/>
+      <c r="I45" s="3"/>
+      <c r="J45" s="3"/>
+      <c r="K45" s="3"/>
+      <c r="L45" s="3"/>
+      <c r="M45" s="3"/>
+      <c r="N45" s="3"/>
+    </row>
+    <row r="46" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B46" s="143"/>
+      <c r="C46" s="53" t="s">
+        <v>40</v>
+      </c>
+      <c r="D46" s="65"/>
+      <c r="E46" s="3"/>
+      <c r="F46" s="3"/>
+      <c r="G46" s="3"/>
+      <c r="H46" s="3"/>
+      <c r="I46" s="3"/>
+      <c r="J46" s="3"/>
+      <c r="K46" s="3"/>
+      <c r="L46" s="3"/>
+      <c r="M46" s="3"/>
+      <c r="N46" s="3"/>
+    </row>
+    <row r="47" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B47" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C47" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="D47" s="66"/>
+      <c r="E47" s="3"/>
+      <c r="F47" s="3"/>
+      <c r="G47" s="3"/>
+      <c r="H47" s="3"/>
+      <c r="I47" s="3"/>
+      <c r="J47" s="3"/>
+      <c r="K47" s="3"/>
+      <c r="L47" s="3"/>
+      <c r="M47" s="3"/>
+      <c r="N47" s="3"/>
+    </row>
+    <row r="48" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B48" s="54"/>
+      <c r="C48" s="55" t="s">
+        <v>43</v>
+      </c>
+      <c r="D48" s="63"/>
+      <c r="E48" s="3"/>
+      <c r="F48" s="3"/>
+      <c r="G48" s="3"/>
+      <c r="H48" s="3"/>
+      <c r="I48" s="3"/>
+      <c r="J48" s="3"/>
+      <c r="K48" s="3"/>
+      <c r="L48" s="3"/>
+      <c r="M48" s="3"/>
+      <c r="N48" s="3"/>
+    </row>
+    <row r="49" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B49" s="142" t="s">
         <v>45</v>
       </c>
-      <c r="B14" s="55" t="s">
-[...345 lines deleted...]
-      <c r="C56" s="70"/>
+      <c r="C49" s="52" t="s">
+        <v>39</v>
+      </c>
+      <c r="D49" s="71" t="s">
+        <v>63</v>
+      </c>
+      <c r="E49" s="3"/>
+      <c r="F49" s="3"/>
+      <c r="G49" s="3"/>
+      <c r="H49" s="3"/>
+      <c r="I49" s="3"/>
+      <c r="J49" s="3"/>
+      <c r="K49" s="3"/>
+      <c r="L49" s="3"/>
+      <c r="M49" s="3"/>
+      <c r="N49" s="3"/>
+    </row>
+    <row r="50" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B50" s="143"/>
+      <c r="C50" s="53" t="s">
+        <v>40</v>
+      </c>
+      <c r="D50" s="65"/>
+      <c r="E50" s="3"/>
+      <c r="F50" s="3"/>
+      <c r="G50" s="3"/>
+      <c r="H50" s="3"/>
+      <c r="I50" s="3"/>
+      <c r="J50" s="3"/>
+      <c r="K50" s="3"/>
+      <c r="L50" s="3"/>
+      <c r="M50" s="3"/>
+      <c r="N50" s="3"/>
+    </row>
+    <row r="51" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B51" s="72" t="s">
+        <v>41</v>
+      </c>
+      <c r="C51" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="D51" s="66"/>
+      <c r="E51" s="3"/>
+      <c r="F51" s="3"/>
+      <c r="G51" s="3"/>
+      <c r="H51" s="3"/>
+      <c r="I51" s="3"/>
+      <c r="J51" s="3"/>
+      <c r="K51" s="3"/>
+      <c r="L51" s="3"/>
+      <c r="M51" s="3"/>
+      <c r="N51" s="3"/>
+    </row>
+    <row r="52" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B52" s="54"/>
+      <c r="C52" s="55" t="s">
+        <v>43</v>
+      </c>
+      <c r="D52" s="63"/>
+      <c r="E52" s="3"/>
+      <c r="F52" s="3"/>
+      <c r="G52" s="3"/>
+      <c r="H52" s="3"/>
+      <c r="I52" s="3"/>
+      <c r="J52" s="3"/>
+      <c r="K52" s="3"/>
+      <c r="L52" s="3"/>
+      <c r="M52" s="3"/>
+      <c r="N52" s="3"/>
+    </row>
+    <row r="53" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B53" s="49"/>
+      <c r="C53" s="50"/>
+      <c r="D53" s="51"/>
+      <c r="E53" s="3"/>
+      <c r="F53" s="3"/>
+      <c r="G53" s="3"/>
+      <c r="H53" s="3"/>
+      <c r="I53" s="3"/>
+      <c r="J53" s="3"/>
+      <c r="K53" s="3"/>
+      <c r="L53" s="3"/>
+      <c r="M53" s="3"/>
+      <c r="N53" s="3"/>
+    </row>
+    <row r="54" spans="2:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B54" s="49"/>
+      <c r="C54" s="50"/>
+      <c r="D54" s="51"/>
+      <c r="E54" s="3"/>
+      <c r="F54" s="3"/>
+      <c r="G54" s="3"/>
+      <c r="H54" s="3"/>
+      <c r="I54" s="3"/>
+      <c r="J54" s="3"/>
+      <c r="K54" s="3"/>
+      <c r="L54" s="3"/>
+      <c r="M54" s="3"/>
+      <c r="N54" s="3"/>
+    </row>
+    <row r="55" spans="2:14" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="49"/>
+      <c r="C55" s="50"/>
+      <c r="D55" s="51"/>
+      <c r="E55" s="3"/>
+      <c r="F55" s="3"/>
+      <c r="G55" s="3"/>
+      <c r="H55" s="3"/>
+      <c r="I55" s="3"/>
+      <c r="J55" s="3"/>
+      <c r="K55" s="3"/>
+      <c r="L55" s="3"/>
+      <c r="M55" s="3"/>
+      <c r="N55" s="3"/>
+    </row>
+    <row r="56" spans="2:14" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B56" s="49"/>
+      <c r="C56" s="50"/>
+      <c r="D56" s="51"/>
+      <c r="E56" s="3"/>
+      <c r="F56" s="3"/>
+      <c r="G56" s="3"/>
+      <c r="H56" s="3"/>
+      <c r="I56" s="3"/>
+      <c r="J56" s="3"/>
+      <c r="K56" s="3"/>
+      <c r="L56" s="3"/>
+      <c r="M56" s="3"/>
+      <c r="N56" s="3"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="aSpDMe17IQw2XSRtWaRScQNnUSOX64Ckxxw4uSEDLoQmmiZQpyUyLCaOZDK2KtPJKb3J3nnkMMdIqcL2WsyPkw==" saltValue="Jc4fCM3kLi68zCy5r4irUg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...17 lines deleted...]
-    <mergeCell ref="A26:A27"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="9pVVKTJXs96A+gGo5SnbTYqBu80OfOF7ZJsLVceZ1XfU5MAEPK+KbrW5wgAfMaFJBAfHdlAsekbG1gkdWen/JQ==" saltValue="BB/dDdQE8owkmScZ6bTC2Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="16">
+    <mergeCell ref="B30:B31"/>
+    <mergeCell ref="B3:C5"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="B8:C10"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="B14:B15"/>
+    <mergeCell ref="B18:B19"/>
+    <mergeCell ref="B22:B23"/>
+    <mergeCell ref="B26:B27"/>
+    <mergeCell ref="B34:B35"/>
+    <mergeCell ref="B40:D40"/>
+    <mergeCell ref="B41:B42"/>
+    <mergeCell ref="B45:B46"/>
+    <mergeCell ref="B49:B50"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <conditionalFormatting sqref="A16 A20 A24 A28 A32 A36">
-[...1 lines deleted...]
-      <formula>$D$13=6</formula>
+  <conditionalFormatting sqref="B16 B20 B24 B28 B32 B36">
+    <cfRule type="expression" dxfId="38" priority="37">
+      <formula>$E$13=6</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A43 A47 A51">
-[...1 lines deleted...]
-      <formula>$D$40=3</formula>
+  <conditionalFormatting sqref="B43 B47 B51">
+    <cfRule type="expression" dxfId="37" priority="36">
+      <formula>$E$40=3</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C3">
-[...1 lines deleted...]
-      <formula>$C$3=""</formula>
+  <conditionalFormatting sqref="D3">
+    <cfRule type="expression" dxfId="36" priority="39" stopIfTrue="1">
+      <formula>$D$3=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C5">
-[...1 lines deleted...]
-      <formula>AND($C$3="その他",COUNTA($C$5)=0)</formula>
+  <conditionalFormatting sqref="D5">
+    <cfRule type="expression" dxfId="35" priority="35">
+      <formula>AND($D$3="その他",COUNTA($D$5)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C8">
-[...1 lines deleted...]
-      <formula>$C$8=""</formula>
+  <conditionalFormatting sqref="D8">
+    <cfRule type="expression" dxfId="34" priority="38" stopIfTrue="1">
+      <formula>$D$8=""</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C10">
-[...1 lines deleted...]
-      <formula>AND($C$8="その他",COUNTA($C$10)=0)</formula>
+  <conditionalFormatting sqref="D10">
+    <cfRule type="expression" dxfId="33" priority="34">
+      <formula>AND($D$8="その他",COUNTA($D$10)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C14">
-[...1 lines deleted...]
-      <formula>$C$14=""</formula>
+  <conditionalFormatting sqref="D14">
+    <cfRule type="expression" dxfId="32" priority="33">
+      <formula>AND($B$16&lt;&gt;"選択してください。",COUNTA($D$14)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C15">
-[...1 lines deleted...]
-      <formula>$C$15=""</formula>
+  <conditionalFormatting sqref="D15">
+    <cfRule type="expression" dxfId="31" priority="32">
+      <formula>AND($B$16&lt;&gt;"選択してください。",COUNTA($D$15)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C16">
-[...1 lines deleted...]
-      <formula>$C$16=""</formula>
+  <conditionalFormatting sqref="D16">
+    <cfRule type="expression" dxfId="30" priority="31">
+      <formula>AND($B$16&lt;&gt;"選択してください。",COUNTA($D$16)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C17">
-[...1 lines deleted...]
-      <formula>AND($A$20&lt;&gt;"選択してください。",COUNTA($C$19)=0)</formula>
+  <conditionalFormatting sqref="D17">
+    <cfRule type="expression" dxfId="29" priority="30">
+      <formula>AND($B$16&lt;&gt;"選択してください。",COUNTA($D$17)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C18">
-[...1 lines deleted...]
-      <formula>AND($A$20&lt;&gt;"選択してください。",COUNTA($C$18)=0)</formula>
+  <conditionalFormatting sqref="D18">
+    <cfRule type="expression" dxfId="28" priority="29">
+      <formula>AND($B$20&lt;&gt;"選択してください。",COUNTA($D$18)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C19">
-[...1 lines deleted...]
-      <formula>AND($A$20&lt;&gt;"選択してください。",COUNTA($C$19)=0)</formula>
+  <conditionalFormatting sqref="D19">
+    <cfRule type="expression" dxfId="27" priority="28">
+      <formula>AND($B$20&lt;&gt;"選択してください。",COUNTA($D$19)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C20">
-[...1 lines deleted...]
-      <formula>AND($A$20&lt;&gt;"選択してください。",COUNTA($C$20)=0)</formula>
+  <conditionalFormatting sqref="D20">
+    <cfRule type="expression" dxfId="26" priority="27">
+      <formula>AND($B$20&lt;&gt;"選択してください。",COUNTA($D$20)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C21">
-[...1 lines deleted...]
-      <formula>AND($A$20&lt;&gt;"選択してください。",COUNTA($C$21)=0)</formula>
+  <conditionalFormatting sqref="D21">
+    <cfRule type="expression" dxfId="25" priority="26">
+      <formula>AND($B$20&lt;&gt;"選択してください。",COUNTA($D$21)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C22">
-[...1 lines deleted...]
-      <formula>AND($A$24&lt;&gt;"選択してください。",COUNTA($C$21)=0)</formula>
+  <conditionalFormatting sqref="D22">
+    <cfRule type="expression" dxfId="24" priority="25">
+      <formula>AND($B$24&lt;&gt;"選択してください。",COUNTA($D$21)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C23">
-[...1 lines deleted...]
-      <formula>AND($A$24&lt;&gt;"選択してください。",COUNTA($C$22)=0)</formula>
+  <conditionalFormatting sqref="D23">
+    <cfRule type="expression" dxfId="23" priority="24">
+      <formula>AND($B$24&lt;&gt;"選択してください。",COUNTA($D$22)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C24">
-[...1 lines deleted...]
-      <formula>AND($A$24&lt;&gt;"選択してください。",COUNTA($C$24)=0)</formula>
+  <conditionalFormatting sqref="D24">
+    <cfRule type="expression" dxfId="22" priority="23">
+      <formula>AND($B$24&lt;&gt;"選択してください。",COUNTA($D$24)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C25">
-[...1 lines deleted...]
-      <formula>AND($A$24&lt;&gt;"選択してください。",COUNTA($C$25)=0)</formula>
+  <conditionalFormatting sqref="D25">
+    <cfRule type="expression" dxfId="21" priority="22">
+      <formula>AND($B$24&lt;&gt;"選択してください。",COUNTA($D$25)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C26">
-[...1 lines deleted...]
-      <formula>AND($A$28&lt;&gt;"選択してください。",COUNTA($C$26)=0)</formula>
+  <conditionalFormatting sqref="D26">
+    <cfRule type="expression" dxfId="20" priority="21">
+      <formula>AND($B$28&lt;&gt;"選択してください。",COUNTA($D$26)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C27">
-[...1 lines deleted...]
-      <formula>AND($A$28&lt;&gt;"選択してください。",COUNTA($C$27)=0)</formula>
+  <conditionalFormatting sqref="D27">
+    <cfRule type="expression" dxfId="19" priority="20">
+      <formula>AND($B$28&lt;&gt;"選択してください。",COUNTA($D$27)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C28">
-[...1 lines deleted...]
-      <formula>AND($A$28&lt;&gt;"選択してください。",COUNTA($C$28)=0)</formula>
+  <conditionalFormatting sqref="D28">
+    <cfRule type="expression" dxfId="18" priority="19">
+      <formula>AND($B$28&lt;&gt;"選択してください。",COUNTA($D$28)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C29">
-[...1 lines deleted...]
-      <formula>AND($A$28&lt;&gt;"選択してください。",COUNTA($C$29)=0)</formula>
+  <conditionalFormatting sqref="D29">
+    <cfRule type="expression" dxfId="17" priority="18">
+      <formula>AND($B$28&lt;&gt;"選択してください。",COUNTA($D$29)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C30">
-[...1 lines deleted...]
-      <formula>AND($A$32&lt;&gt;"選択してください。",COUNTA($C$30)=0)</formula>
+  <conditionalFormatting sqref="D30">
+    <cfRule type="expression" dxfId="16" priority="17">
+      <formula>AND($B$32&lt;&gt;"選択してください。",COUNTA($D$30)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C31">
-[...1 lines deleted...]
-      <formula>AND($A$32&lt;&gt;"選択してください。",COUNTA($C$31)=0)</formula>
+  <conditionalFormatting sqref="D31">
+    <cfRule type="expression" dxfId="15" priority="16">
+      <formula>AND($B$32&lt;&gt;"選択してください。",COUNTA($D$31)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C32">
-[...1 lines deleted...]
-      <formula>AND($A$32&lt;&gt;"選択してください。",COUNTA($C$32)=0)</formula>
+  <conditionalFormatting sqref="D32">
+    <cfRule type="expression" dxfId="14" priority="15">
+      <formula>AND($B$32&lt;&gt;"選択してください。",COUNTA($D$32)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C33">
-[...1 lines deleted...]
-      <formula>AND($A$32&lt;&gt;"選択してください。",COUNTA($C$33)=0)</formula>
+  <conditionalFormatting sqref="D33">
+    <cfRule type="expression" dxfId="13" priority="14">
+      <formula>AND($B$32&lt;&gt;"選択してください。",COUNTA($D$33)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C34">
-[...1 lines deleted...]
-      <formula>AND($A$36&lt;&gt;"選択してください。",COUNTA($C$34)=0)</formula>
+  <conditionalFormatting sqref="D34">
+    <cfRule type="expression" dxfId="12" priority="13">
+      <formula>AND($B$36&lt;&gt;"選択してください。",COUNTA($D$34)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C35">
-[...1 lines deleted...]
-      <formula>AND($A$36&lt;&gt;"選択してください。",COUNTA($C$35)=0)</formula>
+  <conditionalFormatting sqref="D35">
+    <cfRule type="expression" dxfId="11" priority="12">
+      <formula>AND($B$36&lt;&gt;"選択してください。",COUNTA($D$35)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C36">
-[...1 lines deleted...]
-      <formula>AND($A$36&lt;&gt;"選択してください。",COUNTA($C$36)=0)</formula>
+  <conditionalFormatting sqref="D36">
+    <cfRule type="expression" dxfId="10" priority="11">
+      <formula>AND($B$36&lt;&gt;"選択してください。",COUNTA($D$36)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C37">
-[...1 lines deleted...]
-      <formula>AND($A$36&lt;&gt;"選択してください。",COUNTA($C$37)=0)</formula>
+  <conditionalFormatting sqref="D37">
+    <cfRule type="expression" dxfId="9" priority="10">
+      <formula>AND($B$36&lt;&gt;"選択してください。",COUNTA($D$37)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C41">
-[...1 lines deleted...]
-      <formula>AND($A$36&lt;&gt;"選択してください。",COUNTA($C$34)=0)</formula>
+  <conditionalFormatting sqref="D42">
+    <cfRule type="expression" dxfId="8" priority="9">
+      <formula>AND($B$43&lt;&gt;"選択してください。",COUNTA($D$42)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C42">
-[...1 lines deleted...]
-      <formula>AND($A$43&lt;&gt;"選択してください。",COUNTA($C$42)=0)</formula>
+  <conditionalFormatting sqref="D43">
+    <cfRule type="expression" dxfId="7" priority="8">
+      <formula>AND($B$43&lt;&gt;"選択してください。",COUNTA($D$43)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C43">
-[...1 lines deleted...]
-      <formula>AND($A$43&lt;&gt;"選択してください。",COUNTA($C$43)=0)</formula>
+  <conditionalFormatting sqref="D44">
+    <cfRule type="expression" dxfId="6" priority="7">
+      <formula>AND($B$43&lt;&gt;"選択してください。",COUNTA($D$44)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C44">
-[...1 lines deleted...]
-      <formula>AND($A$43&lt;&gt;"選択してください。",COUNTA($C$44)=0)</formula>
+  <conditionalFormatting sqref="D46">
+    <cfRule type="expression" dxfId="5" priority="6">
+      <formula>AND($B$47&lt;&gt;"選択してください。",COUNTA($D$46)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C46">
-[...1 lines deleted...]
-      <formula>AND($A$47&lt;&gt;"選択してください。",COUNTA($C$46)=0)</formula>
+  <conditionalFormatting sqref="D47">
+    <cfRule type="expression" dxfId="4" priority="5">
+      <formula>AND($B$47&lt;&gt;"選択してください。",COUNTA($D$47)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C47">
-[...1 lines deleted...]
-      <formula>AND($A$47&lt;&gt;"選択してください。",COUNTA($C$47)=0)</formula>
+  <conditionalFormatting sqref="D48">
+    <cfRule type="expression" dxfId="3" priority="4">
+      <formula>AND($B$47&lt;&gt;"選択してください。",COUNTA($D$48)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C48">
-[...1 lines deleted...]
-      <formula>AND($A$47&lt;&gt;"選択してください。",COUNTA($C$48)=0)</formula>
+  <conditionalFormatting sqref="D50">
+    <cfRule type="expression" dxfId="2" priority="3">
+      <formula>AND($B$51&lt;&gt;"選択してください。",COUNTA($D$50)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C50">
-[...1 lines deleted...]
-      <formula>AND($A$51&lt;&gt;"選択してください。",COUNTA($C$50)=0)</formula>
+  <conditionalFormatting sqref="D51">
+    <cfRule type="expression" dxfId="1" priority="2">
+      <formula>AND($B$51&lt;&gt;"選択してください。",COUNTA($D$51)=0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C51">
-[...6 lines deleted...]
-      <formula>AND($A$51&lt;&gt;"選択してください。",COUNTA($C$52)=0)</formula>
+  <conditionalFormatting sqref="D52">
+    <cfRule type="expression" dxfId="0" priority="1">
+      <formula>AND($B$51&lt;&gt;"選択してください。",COUNTA($D$52)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="6">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8" xr:uid="{1F7A84C0-37B4-4E17-822A-3C227DB0796C}">
-[...5 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A16 A32 A20 A24 A28 A36 A43 A47 A51" xr:uid="{BCAB58FE-A4B2-4CF9-9454-08C08C1B59D8}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B16 B32 B20 B24 B28 B36 B43 B47 B51" xr:uid="{42997CB7-24A9-49F8-8BEA-FDE9203F18A0}">
       <formula1>"選択してください。,追加,削除,変更なし"</formula1>
     </dataValidation>
-    <dataValidation type="custom" imeMode="disabled" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="電子メール アドレスを入力してください 。(例:test.user@mind.co.jp)" sqref="C48 C25 C21 C44 C52 C17" xr:uid="{0C5D9727-DD7C-4769-9C11-5F66D90CF263}">
-      <formula1>AND(COUNTIF(C17,"*@*"),LEN(C17)=LENB(C17))</formula1>
+    <dataValidation type="custom" imeMode="disabled" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="電子メール アドレスを入力してください 。(例:test.user@mind.co.jp)" sqref="D17 D25 D21 D44 D52 D48" xr:uid="{812BAD9D-9F2F-4E2C-B584-26FEF0FB9E78}">
+      <formula1>AND(COUNTIF(D17,"*@*"),LEN(D17)=LENB(D17))</formula1>
     </dataValidation>
-    <dataValidation imeMode="on" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C22 C18 C26:C39 C53:C56 C41 C45 C49" xr:uid="{5ADE79CF-B983-48E5-BD88-3F11F0322B03}"/>
-    <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C42:C43 C19:C20 C23:C24 C46:C47 C50:C51 C14:C16" xr:uid="{76B4DF17-5442-4EB0-8D27-A1153FDD48FD}"/>
+    <dataValidation imeMode="on" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D22 D18 D26:D39 D53:D56 D41 D45 D49" xr:uid="{8A281D59-19C6-4E4E-B447-D17223775746}"/>
+    <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D14:D16 D19:D20 D23:D24 D46:D47 D50:D51 D42:D43" xr:uid="{07076D41-FBB5-4411-8AB4-060CFB5E673A}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D8" xr:uid="{282CEC58-424E-4A4D-BDC8-459CCDA038EA}">
+      <formula1>$U$2:$U$4</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D3" xr:uid="{6868874F-04DB-49C0-B8DB-B25C804674D6}">
+      <formula1>$R$2:$R$7</formula1>
+    </dataValidation>
   </dataValidations>
-  <hyperlinks>
-[...1 lines deleted...]
-  </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId2"/>
-[...1 lines deleted...]
-  <legacyDrawing r:id="rId4"/>
+  <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+  <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="81921" r:id="rId5" name="Group Box 1">
+            <control shapeId="84993" r:id="rId4" name="Group Box 1">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>809625</xdr:colOff>
                     <xdr:row>2</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="81922" r:id="rId6" name="Group Box 2">
+            <control shapeId="84994" r:id="rId5" name="Group Box 2">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>762000</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2819400</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>209550</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="81923" r:id="rId7" name="Group Box 3">
+            <control shapeId="84995" r:id="rId6" name="Group Box 3">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>762000</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2819400</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>209550</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="81924" r:id="rId8" name="Group Box 4">
+            <control shapeId="84996" r:id="rId7" name="Group Box 4">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>762000</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2895600</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>209550</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="81925" r:id="rId9" name="Group Box 5">
+            <control shapeId="84997" r:id="rId8" name="Group Box 5">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>904875</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>209550</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="81926" r:id="rId10" name="Group Box 6">
+            <control shapeId="84998" r:id="rId9" name="Group Box 6">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>904875</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>209550</xdr:rowOff>
+                    <xdr:rowOff>200025</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="81927" r:id="rId11" name="Group Box 7">
+            <control shapeId="84999" r:id="rId10" name="Group Box 7">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>809625</xdr:colOff>
                     <xdr:row>6</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
                     <xdr:row>8</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="81928" r:id="rId12" name="Group Box 8">
+            <control shapeId="85000" r:id="rId11" name="Group Box 8">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>809625</xdr:colOff>
                     <xdr:row>7</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
                     <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="85001" r:id="rId12" name="Group Box 9">
+              <controlPr defaultSize="0" autoFill="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>2</xdr:col>
+                    <xdr:colOff>809625</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>2781300</xdr:colOff>
+                    <xdr:row>12</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="81929" r:id="rId13" name="Group Box 9">
+            <control shapeId="85002" r:id="rId13" name="Group Box 10">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>1</xdr:col>
+                    <xdr:col>2</xdr:col>
                     <xdr:colOff>809625</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>2</xdr:col>
+                    <xdr:col>3</xdr:col>
                     <xdr:colOff>2781300</xdr:colOff>
-                    <xdr:row>11</xdr:row>
-[...22 lines deleted...]
-                    <xdr:rowOff>781050</xdr:rowOff>
+                    <xdr:row>12</xdr:row>
+                    <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:G4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="26.5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="26.5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A1" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="E1" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A2" t="s">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="C2">
         <v>7000</v>
       </c>
       <c r="E2" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="G2">
         <v>150000</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A3" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="C3">
         <v>14000</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A4" t="s">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="B4">
         <v>0</v>
       </c>
       <c r="C4">
         <v>21000</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>申込書</vt:lpstr>
       <vt:lpstr>基本情報・契約内容 </vt:lpstr>
-      <vt:lpstr>申込書 (記入例)</vt:lpstr>
-      <vt:lpstr>基本情報・契約内容  (記入例)</vt:lpstr>
+      <vt:lpstr>申込書(記入例)</vt:lpstr>
+      <vt:lpstr>基本情報・契約内容(記入例)</vt:lpstr>
       <vt:lpstr>リスト</vt:lpstr>
       <vt:lpstr>'基本情報・契約内容 '!Print_Area</vt:lpstr>
-      <vt:lpstr>'基本情報・契約内容  (記入例)'!Print_Area</vt:lpstr>
+      <vt:lpstr>'基本情報・契約内容(記入例)'!Print_Area</vt:lpstr>
       <vt:lpstr>申込書!Print_Area</vt:lpstr>
-      <vt:lpstr>'申込書 (記入例)'!Print_Area</vt:lpstr>
+      <vt:lpstr>'申込書(記入例)'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>